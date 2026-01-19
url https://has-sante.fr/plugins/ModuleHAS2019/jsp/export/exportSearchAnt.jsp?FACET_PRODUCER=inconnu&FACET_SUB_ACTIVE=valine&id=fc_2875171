--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,170 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>13/02/2024 13:45:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -182,51 +128,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -242,145 +188,67 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      <c r="A4" t="s">
         <v>22</v>
-      </c>
-[...71 lines deleted...]
-        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>