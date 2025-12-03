--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,254 +1,668 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="62">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>DAC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>10/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106819/fr/dac</t>
+  </si>
+  <si>
+    <t>p_3106819</t>
+  </si>
+  <si>
+    <t>hydrogel biorésorbable pour implants orthopédiques</t>
+  </si>
+  <si>
+    <t>NOVAGENIT SRL</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Prothèse épirétinienne et son acte d'implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’implant épirétinien ARGUS II et les actes professionnels y afférant afin de : * proposer, le cas échéant, son remboursement ; * définir ses indications et les situations cliniques d’utilisation ; * évaluer son intérêt en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; * déterminer les conditions d’utilisation et l’environnement technique</t>
+  </si>
+  <si>
+    <t>19/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
   </si>
   <si>
     <t>c_1343374</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>19</v>
       </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D3" t="s">
+        <v>58</v>
+      </c>
+      <c r="E3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>