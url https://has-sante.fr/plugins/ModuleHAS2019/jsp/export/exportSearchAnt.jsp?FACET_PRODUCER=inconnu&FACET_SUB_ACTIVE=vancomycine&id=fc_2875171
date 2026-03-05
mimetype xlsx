--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -4,65 +4,65 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="67">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,50 +77,98 @@
   <si>
     <t>DAC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>10/09/2019 00:00:00</t>
   </si>
   <si>
     <t>24/09/2019 17:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3106819/fr/dac</t>
   </si>
   <si>
     <t>p_3106819</t>
   </si>
   <si>
     <t>hydrogel biorésorbable pour implants orthopédiques</t>
   </si>
   <si>
     <t>NOVAGENIT SRL</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
@@ -132,83 +180,50 @@
     <t>24/12/2007 11:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
   </si>
   <si>
     <t>c_606527</t>
   </si>
   <si>
     <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
   </si>
   <si>
     <t>21/06/2007 00:00:00</t>
   </si>
   <si>
     <t>27/11/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
   </si>
   <si>
     <t>c_607182</t>
-  </si>
-[...31 lines deleted...]
-    <t>p_3392249</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
   </si>
   <si>
     <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
   </si>
   <si>
     <t>18/03/2015 00:00:00</t>
   </si>
   <si>
     <t>26/06/2015 12:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
   </si>
   <si>
     <t>c_830007</t>
   </si>
   <si>
     <t>Prothèse épirétinienne et son acte d'implantation</t>
   </si>
@@ -375,294 +390,320 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>21</v>
       </c>
       <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>22</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>23</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>28</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>32</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>34</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
         <v>38</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>39</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>40</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s">
         <v>44</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>45</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>46</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>47</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
         <v>48</v>
+      </c>
+      <c r="C4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D4" t="s">
+        <v>50</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="H2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>