--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -1,157 +1,295 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="59">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +303,351 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+      <c r="I2" t="s">
+        <v>58</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>