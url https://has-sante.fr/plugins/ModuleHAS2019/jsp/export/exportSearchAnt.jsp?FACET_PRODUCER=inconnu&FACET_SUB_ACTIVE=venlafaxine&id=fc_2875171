--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,149 +9,263 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="54">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Pandémie grippale : Révision de la stratégie vaccinale</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus influenza aviaire à l’être humain et de réviser les recommandations du Haut Conseil pour la santé publique (HCSP) publiées en 2012-2013, relatives à la stratégie vaccinale dans le contexte du plan de lutte contre une pandémie grippale.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2025 16:00:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636256/fr/pandemie-grippale-revision-de-la-strategie-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3636256</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Quelle place pour l’agomélatine (Valdoxan®) dans le traitement de la dépression ?</t>
+  </si>
+  <si>
+    <t>Valdoxan® (agomélatine) est un antidépresseur appar tenant à une nouvelle classe pharmacologique : il est à la fois agoniste des récepteurs de la mélatonine et antagoniste des récepteurs 5HT2C de la sérotonine. Valdoxan® est indiqué dans le traitement des épisodes dépressifs majeurs (c’est-à-dire caractérisés) chez l’adulte. Comme tout antidépresseur, si la dépression est d’intensité légère, il n’est à utiliser qu’en deuxième intention, après échec d’une psychothérapie.</t>
+  </si>
+  <si>
+    <t>05/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439921/fr/quelle-place-pour-l-agomelatine-valdoxan-dans-le-traitement-de-la-depression</t>
+  </si>
+  <si>
+    <t>r_1439921</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +279,199 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>