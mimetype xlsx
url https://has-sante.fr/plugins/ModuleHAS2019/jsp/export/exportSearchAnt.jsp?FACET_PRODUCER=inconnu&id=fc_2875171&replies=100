--- v0 (2025-11-05)
+++ v1 (2026-02-08)
@@ -1,6796 +1,1297 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Public Health guideline" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Practice guidelines" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Chronic disease guide" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Tool to improve professi" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3513" uniqueCount="2217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="387">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>03/04/2023 09:25:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
+  </si>
+  <si>
+    <t>06/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/30/2021 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3312383/fr/actualisation-des-recommandations-de-bonne-pratique-et-des-parcours-de-soins</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Méthodologie pour le développement clinique des dispositifs médicaux</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
+    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
+  </si>
+  <si>
+    <t>This document focuses on aspects of the clinical assessment of efficacy for a new medical device or a new health technology that is made after the pre-clinical phase and feasibility studies.</t>
+  </si>
+  <si>
+    <t>06/08/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/28/2021 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
   </si>
   <si>
     <t>c_1696842</t>
   </si>
   <si>
-    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
-[...20 lines deleted...]
-    <t>Depuis 2015, la HAS développe des indicateurs de qualité et de sécurité des soins (IQSS) de résultats mesurés à partir des bases médico-administratives en lien avec les professionnels de santé, les médecins codeurs de l’information médicale, les patients et les usagers. La HAS publie sa méthode de développement, validation et utilisations de ce type d’indicateurs, conçue pour l’amélioration de la qualité des soins, de la sécurité et du résultat pour les patients.</t>
+    <t>Outcome indicators measured from medico-administrative databases</t>
+  </si>
+  <si>
+    <t>Since 2015, the French national Authority for Health (HAS) develops outcome indicators based on medico-administrative databases, using a valid method designed for quality, safety and patient outcome improvement. This work is performed with a multidisciplinary working group bringing together the expertise of the medical staff caring for patients, doctors with expertise in the coding of medical information, patients and healthcare system users.</t>
   </si>
   <si>
     <t>06/06/2019 00:00:00</t>
   </si>
   <si>
-    <t>16/04/2021 18:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3076997/fr/iqss-2019-methode-de-validation-des-indicateurs-de-resultats-mesures-a-partir-des-bases-de-donnees</t>
+    <t>04/16/2021 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076997/en/outcome-indicators-measured-from-medico-administrative-databases</t>
   </si>
   <si>
     <t>p_3076997</t>
   </si>
   <si>
-    <t>Description</t>
-[...425 lines deleted...]
-    <t>implant d'embolisation liquide</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>RELAY - 14 september 2010 (2708) -Opinion</t>
+  </si>
+  <si>
+    <t>Thoracic aortic stent-graft</t>
+  </si>
+  <si>
+    <t>09/14/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977149/en/relay-14-september-2010-2708-opinion</t>
+  </si>
+  <si>
+    <t>c_977149</t>
+  </si>
+  <si>
+    <t>ABS – Bolton Medical</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+  </si>
+  <si>
+    <t>p_3451353</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
+  </si>
+  <si>
+    <t>Since the decree of May 4, 2018, screening for cervical cancer has been based on a national organized screening program. In view of the evolution of the CCU screening context in France and the availability of new scientific data, the Directorate General of Health wanted the HAS to assess the place of the HPV test as well as the use of double immuno-labeling p16 / Ki67 in the primary screening strategy for precancerous and cancerous lesions of the CCU.</t>
+  </si>
+  <si>
+    <t>07/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+  </si>
+  <si>
+    <t>c_2806160</t>
+  </si>
+  <si>
+    <t>Place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy</t>
+  </si>
+  <si>
+    <t>In response to a demand from the Ministry of Health, HAS establishes guidelines on the place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy. HAS defines the main conditions for the implementation of a combined use of hepatitis B virus (HBV), human immunodeficiency virus (HIV) and hepatitis C virus (HCV) POCTs in France and formulates recommendation for optimizing the efficiency of the POCTs testing, especially in medico-social and community settings.</t>
+  </si>
+  <si>
+    <t>07/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2016 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063232/en/place-of-point-of-care-tests-pocts-in-hepatitis-b-screening-strategy</t>
+  </si>
+  <si>
+    <t>c_2063232</t>
+  </si>
+  <si>
+    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/15/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+  </si>
+  <si>
+    <t>r_1497591</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+  </si>
+  <si>
+    <t>c_704257</t>
+  </si>
+  <si>
+    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
+  </si>
+  <si>
+    <t>01/01/1999 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
+  </si>
+  <si>
+    <t>c_461999</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+  </si>
+  <si>
+    <t>c_2820336</t>
+  </si>
+  <si>
+    <t>Diagnosis and management of adults with post-intensive care syndrome (PICS) and their relatives</t>
+  </si>
+  <si>
+    <t>Objectifs Defining patients at risk for PICS Diagnose these patients Early and long-term management of PICS Improving care pathways Develop documents for the patient, their family or those close to them in order to alert them to this post-resuscitation syndrome and to support them in its treatment by referring them to healthcare professionals trained in this syndrome.</t>
+  </si>
+  <si>
+    <t>05/17/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
+  </si>
+  <si>
+    <t>p_3312530</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+  </si>
+  <si>
+    <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Fetal alcohol spectrum disorder : identification</t>
+  </si>
+  <si>
+    <t>To help general practitioners, paediatricians, paediatric psychiatrists, psychiatrists, addiction specialists, maternal and infant protection doctors, school doctors, dentists, obstetricians and gynaecologists, midwives and childcare workers to identify and to advise : - pregnant women likely to have a drinking problem and whose child is at risk for fetal alcohol spectrum disorder ; - at-risk children likely to have experienced the effects of prenatal exposure to alcohol.</t>
+  </si>
+  <si>
+    <t>07/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+  </si>
+  <si>
+    <t>c_272368</t>
+  </si>
+  <si>
+    <t>Screening for hepatitis C</t>
+  </si>
+  <si>
+    <t>These guidelines were established by an expert commitee. They cover who should be screened for hepatitis C and how screening should be carried out.</t>
+  </si>
+  <si>
+    <t>01/18/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271987/en/screening-for-hepatitis-c</t>
+  </si>
+  <si>
+    <t>c_271987</t>
+  </si>
+  <si>
+    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
+  </si>
+  <si>
+    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+  </si>
+  <si>
+    <t>12/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+  </si>
+  <si>
+    <t>c_271996</t>
+  </si>
+  <si>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+  </si>
+  <si>
+    <t>c_272030</t>
+  </si>
+  <si>
+    <t>Diagnostic indications for upper gastrointestinal endoscopy in oesophageal and gastroduodenal disease in adults, excluding endoscopic ultrasonography and enteroscopy</t>
+  </si>
+  <si>
+    <t>These guidelines concern three issues:# 1. Which clinical signs and/or laboratory values should lead to oesophageal and gastroduodenal imaging or endoscopy, and which form of investigation should be used?# 2. What are the upper gastrointestinal indications for diagnosis and follow-up of gastro-oesophageal reflux, ulcers, and portal hypertension without bleeding?# 3. What are the indications for duodenal biopsy?</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/en/diagnostic-indications-for-upper-gastrointestinal-endoscopy-in-oesophageal-and-gastroduodenal-disease-in-adults-excluding-endoscopic-ultrasonography-and-enteroscopy</t>
+  </si>
+  <si>
+    <t>c_272101</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of benign prostatic hyperplasia</t>
+  </si>
+  <si>
+    <t>These guidelines are limited to the diagnosis and treatment of uncomplicated benign prostatic hyperplasia (BPH) in men aged over 50. The topics of the guidelines are: 1. Diagnosis criteria for BPH 2. Initial workup for a patient with symptomatic BPH 3. Monitoring of BPH 4. Treatment of BPH</t>
+  </si>
+  <si>
+    <t>03/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272237/en/diagnosis-and-treatment-of-benign-prostatic-hyperplasia</t>
+  </si>
+  <si>
+    <t>c_272237</t>
+  </si>
+  <si>
+    <t>Vaccination against the hepatitis B virus</t>
+  </si>
+  <si>
+    <t>The jury tackled questions by focusing on key areas :# - analysis of epidemiological data and of changes resulting from vaccination, # - vaccine efficacy, # - assessment of side effects and benefit/risk ratios.# It proposed areas in which action might be taken, using as a basis the written evidence submitted by the experts and the data presented and analysed.</t>
+  </si>
+  <si>
+    <t>10/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/en/vaccination-against-the-hepatitis-b-virus</t>
+  </si>
+  <si>
+    <t>c_272257</t>
+  </si>
+  <si>
+    <t>Indications for liver transplantation (19-20 January 2005)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : # 1. What is the best way of managing patients undergoing transplantation for viral hepatitis?# 2. When is alcoholic cirrhosis an indication for liver transplantation? # 3. When should liver cancer be treated by liver transplantation? # 4. When is living donation an alternative? # 5. What are the developments with regard to indications for liver transplantation?</t>
+  </si>
+  <si>
+    <t>03/08/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+  </si>
+  <si>
+    <t>c_272409</t>
+  </si>
+  <si>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+  </si>
+  <si>
+    <t>c_272417</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
+  </si>
+  <si>
+    <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
+  </si>
+  <si>
+    <t>07/18/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+  </si>
+  <si>
+    <t>p_3445536</t>
+  </si>
+  <si>
+    <t>CNEDiMTS assessment of the MRI compatibility of implantable medical devices</t>
+  </si>
+  <si>
+    <t>Between 2008 and 2018, the number of MRI units in public and private non-profit institutions practically doubled. In 2018, the number of procedures was estimated at 600,000 for hospitalised patients and 2.1 million for outpatients. Despite a growing number of MRI examination requests, this imaging technique exposes patients with certain types of implants to functional and even vital risks. Considering the diversity of MRI compatibility conditions of medical devices and the diversity of MRI compatibility information provided in manufacturer dossiers, along with technological developments in MRI and organisational constraints, the Medical Device and Health Technology Evaluation Committee (CNEDiMTS) decided to lay down principles for the assessment of the MRI compatibility of IMDs in its evaluations. This document also aims to characterise the information to be provided to the CNEDiMTS in the medico-technical dossiers submitted by manufacturers within the framework of a reimbursement request, so that the MRI compatibility information provided is standardised. The applicant will thus know in advance what data to provide to enable the CNEDiMTS to consider the MRI compatibility of implantable medical devices. Lastly, concerning MRI compatibility within defined conditions, this guide aims to clarify how the examinations should be prescribed and performed so that they are conducted under the best secured conditions.</t>
+  </si>
+  <si>
+    <t>10/19/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/18/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264825/en/cnedimts-assessment-of-the-mri-compatibility-of-implantable-medical-devices</t>
+  </si>
+  <si>
+    <t>p_3264825</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853398</t>
+  </si>
+  <si>
+    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
+  </si>
+  <si>
+    <t>The only diagnostic test currently recommended for early diagnosis of COVID-19 is the RT-PCR molecular test used to detect the SARS-CoV-2 coronavirus genome Serological tests are not recommended in the context of early diagnosis of COVID-19 infec-tion during the first week following the onset of symptoms Serological tests are unable to determine how contagious an individual is Serological tests are only able to determine whether an individual has produced antibodies in response to SARS-CoV-2 virus infection Antibody production kinetics against the virus remain poorly characterised to date primarily in asymptomatic subjects. The potential period of protection is also poorly elucidated It is critically important to be able to validate serological tests based on their initial analytical and clinical performances as of now, prior to their purchase and use in routine practice For this reason, the HAS has provided these specifications setting out the quality and require-ment level criteria for all serological tests detecting specific antibodies targeted against SARS-CoV-2 with a view to facilitating their development and assessment The minimum threshold values estimated by the HAS are 98% for clinical specificity, and 90% or 95% according to test use for clinical sensitivity The HAS recommends obtaining the findings of the performance assessments conducted based on the information contained in these specifications prior to any purchase and use of serological tests The strategy of use of these tests will be specified in a future review</t>
+  </si>
+  <si>
+    <t>10/08/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/19/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3213483</t>
+  </si>
+  <si>
+    <t>Pancreatic islet transplantation - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to assess the safety, efficacy and conditions for performance of pancreatic islet (or islets of Langerhans) transplantation (IT) in several indications: patients with chronically unstable insulin-dependent diabetes (type 1 diabetes) with preserved renal function (allogeneic transplantation); patients with insulin-dependent diabetes and renal failure (usually due to diabetic kidney disease) with an indication for kidney transplantation, in which case IT may be simultaneous or delayed (allogeneic transplantation); patients with insulin-dependent diabetes with a functional kidney graft and presenting an HbA1c level ≥ 7% or severe hypoglycaemia (allogeneic transplantation); patients at risk of insulinopaenic or insulin-dependent diabetes following extensive or total pancreatic surgery or following a pancreatic injury causing extensive or total devascularisation of the pancreas (autologous transplantation). This work was also conducted with a view to registration of IT on the list of joint classification of medical procedures (CCAM) and funding by the national health insurance system in France.</t>
+  </si>
+  <si>
+    <t>07/16/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3114652</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3179992</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853392</t>
+  </si>
+  <si>
+    <t>Clinical utility of genomic signatures in early-stage breast cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Evaluate the clinical utility of four genomic signatures (GS) , currently and temporarily funded on a conditional basis as part of a specific funding program for research and innovation (known in France as RIHN). The aim of the evaluation is to assess funding eligibility for the traditional reimbursement schemes offered by the National Health Insurance Fund</t>
+  </si>
+  <si>
+    <t>01/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748998/en/clinical-utility-of-genomic-signatures-in-early-stage-breast-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2748998</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2680246</t>
+  </si>
+  <si>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2770361</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications of the procedures indicated in the diagnosis and follow-up of viral hepatitis B, C and D</t>
+  </si>
+  <si>
+    <t>01/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/16/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2653624</t>
+  </si>
+  <si>
+    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
+  </si>
+  <si>
+    <t>09/28/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2016 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2565031</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2607794</t>
+  </si>
+  <si>
+    <t>Assessment of intraoperative radiotherapy (IORT) in breast cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions of this assessment focus on intraoperative radiotherapy (IORT), in women undergoing lumpectomy (breast-conserving surgery) and adjuvant radiotherapy for early breast cancer, in order for it to be refunded by the National Health Insurance. IORT was compared to standard whole-breast irradiation</t>
+  </si>
+  <si>
+    <t>04/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/18/2016 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2562276/en/assessment-of-intraoperative-radiotherapy-iort-in-breast-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2562276</t>
+  </si>
+  <si>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
   </si>
   <si>
     <t>05/04/2016 00:00:00</t>
   </si>
   <si>
-    <t>03/06/2016 15:56:37</t>
-[...1376 lines deleted...]
-    <t>c_2659919</t>
+    <t>05/25/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2589724</t>
+  </si>
+  <si>
+    <t>Assessment of the safety and conditions for conducting autologous fat grafting in reconstructive, restorative and cosmetic breast surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions of this assessment mainly relate to the safety of the autologous fat grafting procedure in the breast and may be grouped into 3 major areas : intraoperative and postoperative complications and oncological safety, radiological changes and their impact on patient care, and the conditions for conducting this procedure</t>
+  </si>
+  <si>
+    <t>01/28/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/27/2015 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778570/en/assessment-of-the-safety-and-conditions-for-conducting-autologous-fat-grafting-in-reconstructive-restorative-and-cosmetic-breast-surgery-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1778570</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+  </si>
+  <si>
+    <t>c_1346147</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+  </si>
+  <si>
+    <t>c_827591</t>
+  </si>
+  <si>
+    <t>Assessment of an epiretinal implant and its implantation procedure</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of ARGUS II to support reimbursement decision by the French National Insurance Funds.# Systematic literature review was performed and EUnetHTA Planned and Ongoing Projects database was consulted. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committees for validation.</t>
+  </si>
+  <si>
+    <t>12/19/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
+  </si>
+  <si>
+    <t>c_1343374</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517592/fr/regarder-le-replay-colloque-has-sante-l-innovation-au-service-des-personnes</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Replay available - Symposium HAS "Health: innovation serving people"</t>
+  </si>
+  <si>
+    <t>12/02/2024 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517592/en/replay-available-symposium-has-health-innovation-serving-people</t>
   </si>
   <si>
     <t>p_3517592</t>
   </si>
   <si>
-    <t>Événement</t>
-[...500 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>Event</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Numérique : quelle (R)évolution ? Rapport d'analyse prospective 2019</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
-    <t>Évolution des taux de césariennes à terme en France entre 2011 et 2014 et évaluation de l’impact du programme d’amélioration des pratiques</t>
-[...119 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
-    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
-[...2 lines deleted...]
-    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>13/06/2024 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+    <t>06/13/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Stratégie de vaccination contre la coqueluche dans le contexte épidémique de 2024. Rappel vaccinal des professionnels au contact des personnes à risque de forme grave</t>
-[...389 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Supporting and encouraging public engagement in social and health care organisations</t>
+  </si>
+  <si>
+    <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
+  </si>
+  <si>
+    <t>09/22/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
-  </si>
-[...3535 lines deleted...]
-    <t>c_915259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -6856,11484 +1357,1981 @@
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="5">
-[...102 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1673</v>
+        <v>381</v>
       </c>
       <c r="B2" t="s">
-        <v>1674</v>
+        <v>382</v>
       </c>
       <c r="C2" t="s">
-        <v>1675</v>
+        <v>383</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1676</v>
+        <v>384</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1677</v>
+        <v>385</v>
       </c>
       <c r="H2" t="s">
-        <v>1678</v>
-[...129 lines deleted...]
-        <v>1703</v>
+        <v>386</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H54"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J1" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1704</v>
+        <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>1705</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>1706</v>
+        <v>32</v>
       </c>
       <c r="D2" t="s">
-        <v>890</v>
+        <v>33</v>
       </c>
       <c r="E2" t="s">
-        <v>1707</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1708</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>1709</v>
-[...1351 lines deleted...]
-        <v>2010</v>
+        <v>36</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2011</v>
+        <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>2012</v>
+        <v>39</v>
       </c>
       <c r="C2" t="s">
-        <v>2013</v>
+        <v>40</v>
       </c>
       <c r="D2" t="s">
-        <v>2014</v>
+        <v>41</v>
       </c>
       <c r="E2" t="s">
-        <v>2015</v>
+        <v>42</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2016</v>
+        <v>43</v>
       </c>
       <c r="H2" t="s">
-        <v>2017</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2011</v>
+        <v>38</v>
       </c>
       <c r="B3" t="s">
-        <v>2018</v>
+        <v>45</v>
       </c>
       <c r="C3" t="s">
-        <v>2019</v>
+        <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>2020</v>
+        <v>47</v>
       </c>
       <c r="E3" t="s">
-        <v>2021</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2022</v>
+        <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>2023</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2011</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>2024</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>2025</v>
+        <v>52</v>
       </c>
       <c r="D4" t="s">
-        <v>2026</v>
+        <v>53</v>
       </c>
       <c r="E4" t="s">
-        <v>2027</v>
+        <v>54</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2028</v>
+        <v>55</v>
       </c>
       <c r="H4" t="s">
-        <v>2029</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2011</v>
+        <v>38</v>
       </c>
       <c r="B5" t="s">
-        <v>2030</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
-        <v>2031</v>
+        <v>58</v>
       </c>
       <c r="D5" t="s">
-        <v>2032</v>
+        <v>59</v>
       </c>
       <c r="E5" t="s">
-        <v>2033</v>
+        <v>60</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2034</v>
+        <v>61</v>
       </c>
       <c r="H5" t="s">
-        <v>2035</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2011</v>
+        <v>38</v>
       </c>
       <c r="B6" t="s">
-        <v>2036</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
-        <v>2037</v>
+        <v>64</v>
       </c>
       <c r="D6" t="s">
-        <v>2038</v>
+        <v>65</v>
       </c>
       <c r="E6" t="s">
-        <v>2039</v>
+        <v>66</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2040</v>
+        <v>67</v>
       </c>
       <c r="H6" t="s">
-        <v>2041</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2011</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
-        <v>2042</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>2043</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>2044</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
-        <v>2045</v>
+        <v>72</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2046</v>
+        <v>73</v>
       </c>
       <c r="H7" t="s">
-        <v>2047</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2011</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
-        <v>2048</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
-        <v>2049</v>
+        <v>76</v>
       </c>
       <c r="D8" t="s">
-        <v>2050</v>
+        <v>77</v>
       </c>
       <c r="E8" t="s">
-        <v>2051</v>
+        <v>78</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2052</v>
+        <v>79</v>
       </c>
       <c r="H8" t="s">
-        <v>2053</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2011</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>2054</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>2055</v>
+        <v>70</v>
       </c>
       <c r="D9" t="s">
-        <v>2056</v>
+        <v>82</v>
       </c>
       <c r="E9" t="s">
-        <v>2057</v>
+        <v>82</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2058</v>
+        <v>83</v>
       </c>
       <c r="H9" t="s">
-        <v>2059</v>
-[...311 lines deleted...]
-        <v>2127</v>
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>2129</v>
+        <v>86</v>
       </c>
       <c r="C2" t="s">
-        <v>2130</v>
+        <v>87</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="E2" t="s">
-        <v>2131</v>
+        <v>89</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2132</v>
+        <v>90</v>
       </c>
       <c r="H2" t="s">
-        <v>2133</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B3" t="s">
-        <v>2134</v>
+        <v>92</v>
       </c>
       <c r="C3" t="s">
-        <v>2135</v>
+        <v>93</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="E3" t="s">
-        <v>2136</v>
+        <v>95</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2137</v>
+        <v>96</v>
       </c>
       <c r="H3" t="s">
-        <v>2138</v>
+        <v>97</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B4" t="s">
-        <v>2139</v>
+        <v>98</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="E4" t="s">
-        <v>2140</v>
+        <v>101</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2141</v>
+        <v>102</v>
       </c>
       <c r="H4" t="s">
-        <v>2142</v>
+        <v>103</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B5" t="s">
-        <v>2143</v>
+        <v>104</v>
       </c>
       <c r="C5" t="s">
-        <v>2144</v>
+        <v>105</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="E5" t="s">
-        <v>2145</v>
+        <v>107</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2146</v>
+        <v>108</v>
       </c>
       <c r="H5" t="s">
-        <v>2147</v>
+        <v>109</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B6" t="s">
-        <v>2148</v>
+        <v>110</v>
       </c>
       <c r="C6" t="s">
-        <v>2149</v>
+        <v>111</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="E6" t="s">
-        <v>2150</v>
+        <v>113</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2151</v>
+        <v>114</v>
       </c>
       <c r="H6" t="s">
-        <v>2152</v>
+        <v>115</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B7" t="s">
-        <v>2153</v>
+        <v>116</v>
       </c>
       <c r="C7" t="s">
-        <v>2154</v>
+        <v>117</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="E7" t="s">
-        <v>2155</v>
+        <v>119</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2156</v>
+        <v>120</v>
       </c>
       <c r="H7" t="s">
-        <v>2157</v>
+        <v>121</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B8" t="s">
-        <v>2158</v>
+        <v>122</v>
       </c>
       <c r="C8" t="s">
-        <v>2159</v>
+        <v>123</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="E8" t="s">
-        <v>2160</v>
+        <v>119</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2161</v>
+        <v>124</v>
       </c>
       <c r="H8" t="s">
-        <v>2162</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>2163</v>
+        <v>126</v>
       </c>
       <c r="C9" t="s">
-        <v>2164</v>
+        <v>127</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="E9" t="s">
-        <v>2165</v>
+        <v>129</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2166</v>
+        <v>130</v>
       </c>
       <c r="H9" t="s">
-        <v>2167</v>
+        <v>131</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>2168</v>
+        <v>132</v>
       </c>
       <c r="C10" t="s">
-        <v>2169</v>
+        <v>133</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>134</v>
       </c>
       <c r="E10" t="s">
-        <v>2170</v>
+        <v>135</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2171</v>
+        <v>136</v>
       </c>
       <c r="H10" t="s">
-        <v>2172</v>
+        <v>137</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>2173</v>
+        <v>138</v>
       </c>
       <c r="C11" t="s">
-        <v>2174</v>
+        <v>139</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="E11" t="s">
-        <v>2175</v>
+        <v>141</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2176</v>
+        <v>142</v>
       </c>
       <c r="H11" t="s">
-        <v>2177</v>
+        <v>143</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>2178</v>
+        <v>144</v>
       </c>
       <c r="C12" t="s">
-        <v>2179</v>
+        <v>145</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="E12" t="s">
-        <v>2180</v>
+        <v>147</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2181</v>
+        <v>148</v>
       </c>
       <c r="H12" t="s">
-        <v>2182</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>2183</v>
+        <v>150</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2184</v>
+        <v>151</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2185</v>
+        <v>152</v>
       </c>
       <c r="H13" t="s">
-        <v>2186</v>
+        <v>153</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B14" t="s">
-        <v>2187</v>
+        <v>154</v>
       </c>
       <c r="C14" t="s">
-        <v>2188</v>
+        <v>155</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="E14" t="s">
-        <v>2189</v>
+        <v>157</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2190</v>
+        <v>158</v>
       </c>
       <c r="H14" t="s">
-        <v>2191</v>
+        <v>159</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B15" t="s">
-        <v>2192</v>
+        <v>160</v>
       </c>
       <c r="C15" t="s">
-        <v>2193</v>
+        <v>161</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>162</v>
       </c>
       <c r="E15" t="s">
-        <v>2194</v>
+        <v>163</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2195</v>
+        <v>164</v>
       </c>
       <c r="H15" t="s">
-        <v>2196</v>
+        <v>165</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B16" t="s">
-        <v>2197</v>
+        <v>166</v>
       </c>
       <c r="C16" t="s">
-        <v>2198</v>
+        <v>167</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="E16" t="s">
-        <v>2199</v>
+        <v>169</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2200</v>
+        <v>170</v>
       </c>
       <c r="H16" t="s">
-        <v>2201</v>
+        <v>171</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B17" t="s">
-        <v>2202</v>
+        <v>172</v>
       </c>
       <c r="C17" t="s">
-        <v>2203</v>
+        <v>173</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>174</v>
       </c>
       <c r="E17" t="s">
-        <v>2204</v>
+        <v>174</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2205</v>
+        <v>175</v>
       </c>
       <c r="H17" t="s">
-        <v>2206</v>
+        <v>176</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B18" t="s">
-        <v>2207</v>
+        <v>177</v>
       </c>
       <c r="C18" t="s">
-        <v>2208</v>
+        <v>178</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>179</v>
       </c>
       <c r="E18" t="s">
-        <v>2209</v>
+        <v>179</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2210</v>
+        <v>180</v>
       </c>
       <c r="H18" t="s">
-        <v>2211</v>
+        <v>181</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2128</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
-        <v>2212</v>
+        <v>182</v>
       </c>
       <c r="C19" t="s">
-        <v>2213</v>
+        <v>183</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>184</v>
       </c>
       <c r="E19" t="s">
-        <v>2214</v>
+        <v>185</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2215</v>
+        <v>186</v>
       </c>
       <c r="H19" t="s">
-        <v>2216</v>
+        <v>187</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>188</v>
+      </c>
+      <c r="C20" t="s">
+        <v>189</v>
+      </c>
+      <c r="D20" t="s">
+        <v>190</v>
+      </c>
+      <c r="E20" t="s">
+        <v>191</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>192</v>
+      </c>
+      <c r="H20" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" t="s">
+        <v>194</v>
+      </c>
+      <c r="C21" t="s">
+        <v>195</v>
+      </c>
+      <c r="D21" t="s">
+        <v>196</v>
+      </c>
+      <c r="E21" t="s">
+        <v>197</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>198</v>
+      </c>
+      <c r="H21" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" t="s">
+        <v>200</v>
+      </c>
+      <c r="C22" t="s">
+        <v>201</v>
+      </c>
+      <c r="D22" t="s">
+        <v>202</v>
+      </c>
+      <c r="E22" t="s">
+        <v>203</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>204</v>
+      </c>
+      <c r="H22" t="s">
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J62"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>206</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>207</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>208</v>
       </c>
       <c r="D2" t="s">
-        <v>56</v>
+        <v>209</v>
       </c>
       <c r="E2" t="s">
-        <v>57</v>
+        <v>210</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>58</v>
+        <v>211</v>
       </c>
       <c r="H2" t="s">
-        <v>59</v>
-[...766 lines deleted...]
-      <c r="H26" t="s">
         <v>212</v>
-      </c>
-[...4013 lines deleted...]
-        <v>880</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B2" t="s">
-        <v>882</v>
+        <v>214</v>
       </c>
       <c r="C2" t="s">
-        <v>883</v>
+        <v>215</v>
       </c>
       <c r="D2" t="s">
-        <v>884</v>
+        <v>216</v>
       </c>
       <c r="E2" t="s">
-        <v>885</v>
+        <v>217</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>886</v>
+        <v>218</v>
       </c>
       <c r="H2" t="s">
-        <v>887</v>
+        <v>219</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B3" t="s">
-        <v>888</v>
+        <v>220</v>
       </c>
       <c r="C3" t="s">
-        <v>889</v>
+        <v>221</v>
       </c>
       <c r="D3" t="s">
-        <v>890</v>
+        <v>222</v>
       </c>
       <c r="E3" t="s">
-        <v>891</v>
+        <v>223</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>892</v>
+        <v>224</v>
       </c>
       <c r="H3" t="s">
-        <v>893</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B4" t="s">
-        <v>894</v>
+        <v>226</v>
       </c>
       <c r="C4" t="s">
-        <v>895</v>
+        <v>227</v>
       </c>
       <c r="D4" t="s">
-        <v>896</v>
+        <v>228</v>
       </c>
       <c r="E4" t="s">
-        <v>897</v>
+        <v>229</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>898</v>
+        <v>230</v>
       </c>
       <c r="H4" t="s">
-        <v>899</v>
+        <v>231</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B5" t="s">
-        <v>900</v>
+        <v>232</v>
       </c>
       <c r="C5" t="s">
-        <v>901</v>
+        <v>233</v>
       </c>
       <c r="D5" t="s">
-        <v>902</v>
+        <v>234</v>
       </c>
       <c r="E5" t="s">
-        <v>903</v>
+        <v>235</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>904</v>
+        <v>236</v>
       </c>
       <c r="H5" t="s">
-        <v>905</v>
+        <v>237</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B6" t="s">
-        <v>906</v>
+        <v>238</v>
       </c>
       <c r="C6" t="s">
-        <v>907</v>
+        <v>239</v>
       </c>
       <c r="D6" t="s">
-        <v>908</v>
+        <v>240</v>
       </c>
       <c r="E6" t="s">
-        <v>909</v>
+        <v>241</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>910</v>
+        <v>242</v>
       </c>
       <c r="H6" t="s">
-        <v>911</v>
+        <v>243</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B7" t="s">
-        <v>912</v>
+        <v>244</v>
       </c>
       <c r="C7" t="s">
-        <v>913</v>
+        <v>245</v>
       </c>
       <c r="D7" t="s">
-        <v>914</v>
+        <v>246</v>
       </c>
       <c r="E7" t="s">
-        <v>915</v>
+        <v>247</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>916</v>
+        <v>248</v>
       </c>
       <c r="H7" t="s">
-        <v>917</v>
+        <v>249</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B8" t="s">
-        <v>918</v>
+        <v>250</v>
       </c>
       <c r="C8" t="s">
-        <v>919</v>
+        <v>251</v>
       </c>
       <c r="D8" t="s">
-        <v>920</v>
+        <v>252</v>
       </c>
       <c r="E8" t="s">
-        <v>921</v>
+        <v>253</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>922</v>
+        <v>254</v>
       </c>
       <c r="H8" t="s">
-        <v>923</v>
+        <v>255</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B9" t="s">
-        <v>924</v>
+        <v>244</v>
       </c>
       <c r="C9" t="s">
-        <v>925</v>
+        <v>245</v>
       </c>
       <c r="D9" t="s">
-        <v>920</v>
+        <v>256</v>
       </c>
       <c r="E9" t="s">
-        <v>926</v>
+        <v>257</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>927</v>
+        <v>258</v>
       </c>
       <c r="H9" t="s">
-        <v>928</v>
+        <v>259</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B10" t="s">
-        <v>929</v>
+        <v>260</v>
       </c>
       <c r="C10" t="s">
-        <v>930</v>
+        <v>261</v>
       </c>
       <c r="D10" t="s">
-        <v>931</v>
+        <v>262</v>
       </c>
       <c r="E10" t="s">
-        <v>932</v>
+        <v>263</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>933</v>
+        <v>264</v>
       </c>
       <c r="H10" t="s">
-        <v>934</v>
+        <v>265</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B11" t="s">
-        <v>935</v>
+        <v>266</v>
       </c>
       <c r="C11" t="s">
-        <v>936</v>
+        <v>267</v>
       </c>
       <c r="D11" t="s">
-        <v>931</v>
+        <v>268</v>
       </c>
       <c r="E11" t="s">
-        <v>937</v>
+        <v>269</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>938</v>
+        <v>270</v>
       </c>
       <c r="H11" t="s">
-        <v>939</v>
+        <v>271</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B12" t="s">
-        <v>940</v>
+        <v>272</v>
       </c>
       <c r="C12" t="s">
-        <v>941</v>
+        <v>273</v>
       </c>
       <c r="D12" t="s">
-        <v>942</v>
+        <v>274</v>
       </c>
       <c r="E12" t="s">
-        <v>943</v>
+        <v>275</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>944</v>
+        <v>276</v>
       </c>
       <c r="H12" t="s">
-        <v>945</v>
+        <v>277</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B13" t="s">
-        <v>946</v>
+        <v>278</v>
       </c>
       <c r="C13" t="s">
-        <v>947</v>
+        <v>279</v>
       </c>
       <c r="D13" t="s">
-        <v>948</v>
+        <v>280</v>
       </c>
       <c r="E13" t="s">
-        <v>949</v>
+        <v>281</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>950</v>
+        <v>282</v>
       </c>
       <c r="H13" t="s">
-        <v>951</v>
+        <v>283</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B14" t="s">
-        <v>952</v>
+        <v>284</v>
       </c>
       <c r="C14" t="s">
-        <v>953</v>
+        <v>285</v>
       </c>
       <c r="D14" t="s">
-        <v>954</v>
+        <v>286</v>
       </c>
       <c r="E14" t="s">
-        <v>955</v>
+        <v>287</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>956</v>
+        <v>288</v>
       </c>
       <c r="H14" t="s">
-        <v>957</v>
+        <v>289</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B15" t="s">
-        <v>958</v>
+        <v>290</v>
       </c>
       <c r="C15" t="s">
-        <v>959</v>
+        <v>291</v>
       </c>
       <c r="D15" t="s">
-        <v>960</v>
+        <v>292</v>
       </c>
       <c r="E15" t="s">
-        <v>961</v>
+        <v>293</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>962</v>
+        <v>294</v>
       </c>
       <c r="H15" t="s">
-        <v>963</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B16" t="s">
-        <v>964</v>
+        <v>296</v>
       </c>
       <c r="C16" t="s">
-        <v>965</v>
+        <v>297</v>
       </c>
       <c r="D16" t="s">
-        <v>966</v>
+        <v>298</v>
       </c>
       <c r="E16" t="s">
-        <v>967</v>
+        <v>299</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>968</v>
+        <v>300</v>
       </c>
       <c r="H16" t="s">
-        <v>969</v>
+        <v>301</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B17" t="s">
-        <v>970</v>
+        <v>302</v>
       </c>
       <c r="C17" t="s">
-        <v>971</v>
+        <v>303</v>
       </c>
       <c r="D17" t="s">
-        <v>972</v>
+        <v>304</v>
       </c>
       <c r="E17" t="s">
-        <v>973</v>
+        <v>305</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>974</v>
+        <v>306</v>
       </c>
       <c r="H17" t="s">
-        <v>975</v>
+        <v>307</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B18" t="s">
-        <v>976</v>
+        <v>308</v>
       </c>
       <c r="C18" t="s">
-        <v>977</v>
+        <v>309</v>
       </c>
       <c r="D18" t="s">
-        <v>978</v>
+        <v>310</v>
       </c>
       <c r="E18" t="s">
-        <v>979</v>
+        <v>311</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>980</v>
+        <v>312</v>
       </c>
       <c r="H18" t="s">
-        <v>981</v>
+        <v>313</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B19" t="s">
-        <v>982</v>
+        <v>314</v>
       </c>
       <c r="C19" t="s">
-        <v>983</v>
+        <v>315</v>
       </c>
       <c r="D19" t="s">
-        <v>984</v>
+        <v>316</v>
       </c>
       <c r="E19" t="s">
-        <v>985</v>
+        <v>317</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>986</v>
+        <v>318</v>
       </c>
       <c r="H19" t="s">
-        <v>987</v>
+        <v>319</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B20" t="s">
-        <v>988</v>
+        <v>320</v>
       </c>
       <c r="C20" t="s">
-        <v>989</v>
+        <v>321</v>
       </c>
       <c r="D20" t="s">
-        <v>990</v>
+        <v>322</v>
       </c>
       <c r="E20" t="s">
-        <v>991</v>
+        <v>323</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>992</v>
+        <v>324</v>
       </c>
       <c r="H20" t="s">
-        <v>993</v>
+        <v>325</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B21" t="s">
-        <v>994</v>
+        <v>326</v>
       </c>
       <c r="C21" t="s">
-        <v>995</v>
+        <v>327</v>
       </c>
       <c r="D21" t="s">
-        <v>996</v>
+        <v>328</v>
       </c>
       <c r="E21" t="s">
-        <v>997</v>
+        <v>329</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>998</v>
+        <v>330</v>
       </c>
       <c r="H21" t="s">
-        <v>999</v>
+        <v>331</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B22" t="s">
-        <v>1000</v>
+        <v>332</v>
       </c>
       <c r="C22" t="s">
-        <v>1001</v>
+        <v>327</v>
       </c>
       <c r="D22" t="s">
-        <v>1002</v>
+        <v>333</v>
       </c>
       <c r="E22" t="s">
-        <v>1003</v>
+        <v>334</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1004</v>
+        <v>335</v>
       </c>
       <c r="H22" t="s">
-        <v>1005</v>
+        <v>336</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B23" t="s">
-        <v>1006</v>
+        <v>337</v>
       </c>
       <c r="C23" t="s">
-        <v>1007</v>
+        <v>327</v>
       </c>
       <c r="D23" t="s">
-        <v>1008</v>
+        <v>338</v>
       </c>
       <c r="E23" t="s">
-        <v>1009</v>
+        <v>339</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1010</v>
+        <v>340</v>
       </c>
       <c r="H23" t="s">
-        <v>1011</v>
+        <v>341</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>881</v>
+        <v>213</v>
       </c>
       <c r="B24" t="s">
-        <v>1012</v>
+        <v>342</v>
       </c>
       <c r="C24" t="s">
-        <v>1013</v>
+        <v>343</v>
       </c>
       <c r="D24" t="s">
-        <v>1014</v>
+        <v>344</v>
       </c>
       <c r="E24" t="s">
-        <v>1015</v>
+        <v>345</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1016</v>
+        <v>346</v>
       </c>
       <c r="H24" t="s">
-        <v>1017</v>
+        <v>347</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1018</v>
+        <v>349</v>
       </c>
       <c r="B2" t="s">
-        <v>1019</v>
+        <v>350</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1020</v>
+        <v>351</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1021</v>
+        <v>352</v>
       </c>
       <c r="H2" t="s">
-        <v>1022</v>
-[...129 lines deleted...]
-        <v>1045</v>
+        <v>353</v>
+      </c>
+      <c r="I2" t="s">
+        <v>354</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1046</v>
+        <v>355</v>
       </c>
       <c r="B2" t="s">
-        <v>1047</v>
+        <v>356</v>
       </c>
       <c r="C2" t="s">
-        <v>1048</v>
+        <v>357</v>
       </c>
       <c r="D2" t="s">
-        <v>1049</v>
+        <v>358</v>
       </c>
       <c r="E2" t="s">
-        <v>1050</v>
+        <v>359</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1051</v>
+        <v>360</v>
       </c>
       <c r="H2" t="s">
-        <v>1052</v>
+        <v>361</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1046</v>
+        <v>355</v>
       </c>
       <c r="B3" t="s">
-        <v>1053</v>
+        <v>362</v>
       </c>
       <c r="C3" t="s">
-        <v>1054</v>
+        <v>363</v>
       </c>
       <c r="D3" t="s">
-        <v>1055</v>
+        <v>364</v>
       </c>
       <c r="E3" t="s">
-        <v>1056</v>
+        <v>365</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1057</v>
+        <v>366</v>
       </c>
       <c r="H3" t="s">
-        <v>1058</v>
-[...675 lines deleted...]
-        <v>1213</v>
+        <v>367</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H84"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1214</v>
+        <v>368</v>
       </c>
       <c r="B2" t="s">
-        <v>1215</v>
+        <v>369</v>
       </c>
       <c r="C2" t="s">
-        <v>1216</v>
+        <v>370</v>
       </c>
       <c r="D2" t="s">
-        <v>1217</v>
+        <v>371</v>
       </c>
       <c r="E2" t="s">
-        <v>1218</v>
+        <v>372</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1219</v>
+        <v>373</v>
       </c>
       <c r="H2" t="s">
-        <v>1220</v>
+        <v>374</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1214</v>
+        <v>368</v>
       </c>
       <c r="B3" t="s">
-        <v>1221</v>
+        <v>375</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>376</v>
       </c>
       <c r="D3" t="s">
-        <v>1217</v>
+        <v>377</v>
       </c>
       <c r="E3" t="s">
-        <v>1222</v>
+        <v>378</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1223</v>
+        <v>379</v>
       </c>
       <c r="H3" t="s">
-        <v>1224</v>
-[...2105 lines deleted...]
-        <v>1672</v>
+        <v>380</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>