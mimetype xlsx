--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -17,79 +17,79 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
-    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
-    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
     <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3513" uniqueCount="2217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3553" uniqueCount="2243">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1262,50 +1262,80 @@
   <si>
     <t>17/05/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
   </si>
   <si>
     <t>c_398781</t>
   </si>
   <si>
     <t>Laboratoire CONVATEC</t>
   </si>
   <si>
     <t>19/04/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398794/fr/restore</t>
   </si>
   <si>
     <t>c_398794</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Mastocytoses avancées de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/07/2025 17:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636720</t>
   </si>
   <si>
     <t>Achondroplasie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/04/2025 16:14:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
@@ -2480,51 +2510,51 @@
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Point de vue des personnes accompagnées par les ESSMS</t>
   </si>
   <si>
     <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
   </si>
   <si>
     <t>20/05/2025 00:00:00</t>
   </si>
   <si>
     <t>20/05/2025 15:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
   </si>
   <si>
     <t>p_3606889</t>
   </si>
   <si>
     <t>Accès précoce des médicaments : un bilan positif après deux ans de mise en place du dispositif</t>
   </si>
   <si>
-    <t>Les chiffres clés des trois premières années de mise en œuvre. Les données présentées dans ce rapport couvrent la période du 1er juillet 2021 au 30 juin 2023. L’extraction a été réalisée le 17 juillet 2023.</t>
+    <t>Les chiffres clés des quatre premières années de mise en œuvre. Les données présentées dans ce rapport couvrent la période du 1er juillet 2021 au 30 juin 2023. L’extraction a été réalisée le 17 juillet 2023.</t>
   </si>
   <si>
     <t>11/10/2023 00:00:00</t>
   </si>
   <si>
     <t>23/10/2023 14:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3470178/fr/acces-precoce-des-medicaments-un-bilan-positif-apres-deux-ans-de-mise-en-place-du-dispositif</t>
   </si>
   <si>
     <t>p_3470178</t>
   </si>
   <si>
     <t>Activité du séquençage haut débit ciblé en génétique somatique des cancers financée dans le cadre du RIHN</t>
   </si>
   <si>
     <t>Enquête nationale de pratique réalisée en 2022 auprès des professionnels de santé visant déterminer l’état des pratiques relatives au séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, notamment en matière d’altérations géniques recherchées et d’indications.</t>
   </si>
   <si>
     <t>23/07/2024 00:00:00</t>
   </si>
   <si>
     <t>02/08/2024 15:32:00</t>
   </si>
@@ -2690,93 +2720,192 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1258960/fr/la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
   </si>
   <si>
     <t>c_1258960</t>
   </si>
   <si>
     <t>Indicateurs de qualité du dossier du patient généralisés en SSR - Campagne 2010 - Analyse descriptive des résultats agrégés 2010 et analyse des facteurs associés à la variabilité des résultats - novembre 2011</t>
   </si>
   <si>
     <t>En 2010, la HAS a coordonné la deuxième campagne de généralisation des cinq indicateurs du dossier du patient (qualité de la tenue du dossier patient, délai d’envoi du courrier de fin d’hospitalisation, évaluation de la douleur, dépistage des troubles nutritionnels, évaluation du risque d’escarre) impliquant les établissements ayant une activité de soins de suite et de réadaptation (SSR). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010. Il permet de porter une première appréciation sur l’évolution des résultats entre 2009 et 2010 pour les établissements de santé SSR, et apporte un premier éclairage sur les facteurs associés permettant d’expliquer le résultat des indicateurs.</t>
   </si>
   <si>
     <t>16/11/2011 00:00:00</t>
   </si>
   <si>
     <t>14/12/2011 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1148479/fr/indicateurs-de-qualite-du-dossier-du-patient-generalises-en-ssr-campagne-2010-analyse-descriptive-des-resultats-agreges-2010-et-analyse-des-facteurs-associes-a-la-variabilite-des-resultats-novembre-2011</t>
   </si>
   <si>
     <t>c_1148479</t>
   </si>
   <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
+  </si>
+  <si>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
+  </si>
+  <si>
+    <t>c_2876862</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Professionnels : décision partagée sur la reconstruction mammaire</t>
+  </si>
+  <si>
+    <t>Chirurgien, infirmier, oncologue, psychologue, assistant de service social... Découvrez des outils pour accompagner votre patiente dans sa réflexion et prendre ensemble une décision.</t>
+  </si>
+  <si>
+    <t>29/03/2023 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385847/fr/professionnels-decision-partagee-sur-la-reconstruction-mammaire</t>
+  </si>
+  <si>
+    <t>p_3385847</t>
+  </si>
+  <si>
+    <t>Mesure de la récupération de 5 complications post-opératoires</t>
+  </si>
+  <si>
+    <t>La « mesure de la récupération de 5 complications post-opératoires chez des patients hospitalisés » permet d'appréhender la capacité des systèmes hospitaliers à récupérer les complications en les identifiant le plus tôt possible après leur survenue (barrières de récupération) lorsque celles-ci n’ont pas pu être évitées (barrières de prévention), et en assurant leur prise en charge la plus efficace possible pour ne pas qu’elles aboutissent au décès des patients concernés (barrière d’atténuation).</t>
+  </si>
+  <si>
+    <t>28/01/2021 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232640/fr/mesure-de-la-recuperation-de-5-complications-post-operatoires</t>
+  </si>
+  <si>
+    <t>p_3232640</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Chirurgie des lésions mammaires : prise en charge de première intention</t>
+  </si>
+  <si>
+    <t>17/10/2006 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447405/fr/chirurgie-des-lesions-mammaires-prise-en-charge-de-premiere-intention</t>
+  </si>
+  <si>
+    <t>c_447405</t>
+  </si>
+  <si>
+    <t>Dossier du patient</t>
+  </si>
+  <si>
+    <t>26/11/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438115/fr/dossier-du-patient</t>
+  </si>
+  <si>
+    <t>c_438115</t>
+  </si>
+  <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre la COVID-19 : Révision de la place du vaccin NUVAXOVID</t>
   </si>
   <si>
     <t>Le laboratoire NOVAVAX a saisi la HAS le 14 mai 2024 afin que cette dernière ré-évalue la place du vaccin NUVAXOVID dans la stratégie vaccinale contre la COVID-19. Depuis le 15 janvier 2025, le vaccin NUVAXOVID appartient au portefeuille du laboratoire SANOFI WINTHROP INDUSTRIE. Au terme de son évaluation, la HAS considère que le vaccin NUVAXOVID peut être utilisé dans le cadre de son AMM, au même titre que les vaccins à ARNm, dès lors qu’il présente le même niveau d’adaptation aux souches circulantes les plus récentes, en vaccination annuelle pour l’immunisation active afin de prévenir la COVID-19 causée par le virus SARS-CoV-2 chez les personnes âgées de 12 ans et plus, à risque de forme grave, quel que soit leur statut vaccinal</t>
   </si>
   <si>
     <t>23/10/2025 00:00:00</t>
   </si>
   <si>
-    <t>31/10/2025 11:24:09</t>
+    <t>31/10/2025 11:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3703269/fr/strategie-de-vaccination-contre-la-covid-19-revision-de-la-place-du-vaccin-nuvaxovid</t>
   </si>
   <si>
     <t>p_3703269</t>
   </si>
   <si>
     <t>Pandémie grippale : Révision de la stratégie vaccinale</t>
   </si>
   <si>
     <t>La Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus influenza aviaire à l’être humain et de réviser les recommandations du Haut Conseil pour la santé publique (HCSP) publiées en 2012-2013, relatives à la stratégie vaccinale dans le contexte du plan de lutte contre une pandémie grippale.</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
     <t>22/07/2025 16:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636256/fr/pandemie-grippale-revision-de-la-strategie-vaccinale</t>
   </si>
   <si>
     <t>p_3636256</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 14:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
   </si>
   <si>
     <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
     <t>13/06/2024 10:35:00</t>
   </si>
@@ -3101,134 +3230,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2912616/fr/place-du-vaccin-dengvaxia-dans-la-strategie-de-lutte-contre-la-dengue-dans-les-departements-francais-d-outre-mer-mayotte-et-territoires-francais-d-amerique</t>
   </si>
   <si>
     <t>c_2912616</t>
   </si>
   <si>
     <t>Co-administration de vaccins dans le cadre de la campagne de rattrapage vaccinal à Mayotte chez les enfants de 0 à 6 ans</t>
   </si>
   <si>
     <t>Dans un contexte de couverture vaccinale insuffisante pour certains vaccins et dans le cadre d’une campagne de rattrapage à Mayotte chez les enfants de 0 à 6 ans, la HAS considère que le vaccin hexavalent, le vaccin pneumococique conjugué et le vaccin trivalent ROR peuvent être administrés au cours d’une même séance chez les enfants de 0 à 6 ans.</t>
   </si>
   <si>
     <t>07/03/2018 00:00:00</t>
   </si>
   <si>
     <t>15/05/2018 16:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2848170/fr/co-administration-de-vaccins-dans-le-cadre-de-la-campagne-de-rattrapage-vaccinal-a-mayotte-chez-les-enfants-de-0-a-6-ans</t>
   </si>
   <si>
     <t>c_2848170</t>
   </si>
   <si>
-    <t>Outil d'amélioration des pratiques professionnelles</t>
-[...82 lines deleted...]
-  <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
   </si>
   <si>
     <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
   </si>
   <si>
     <t>05/06/2025 00:00:00</t>
   </si>
   <si>
     <t>17/06/2025 16:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
   </si>
   <si>
     <t>p_3587389</t>
   </si>
   <si>
     <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
   </si>
   <si>
     <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
@@ -3692,50 +3737,65 @@
   <si>
     <t>c_461999</t>
   </si>
   <si>
     <t>Stratégie de diagnostic précoce du mélanome</t>
   </si>
   <si>
     <t>Le mélanome est un cancer cutané peu fréquent en comparaison du carcinome épithélial mais il est le plus grave car sa capacité à métastaser met en jeu le pronostic vital du patient. Le diagnostic des mélanomes in situ (stade précoce) ou ceux de faible épaisseur non métastasés permettrait de réduire la mortalité liée à ce cancer. Le rapport Stratégie de diagnostic précoce du mélanome discute des actions à mettre en place en 2006 pour améliorer et promouvoir le diagnostic précoce du mélanome : définition des populations à risque, formation des médecins, parcours de soins (du médecin traitant vers le dermatologue).</t>
   </si>
   <si>
     <t>03/11/2006 00:00:00</t>
   </si>
   <si>
     <t>23/11/2006 19:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_452354/fr/strategie-de-diagnostic-precoce-du-melanome</t>
   </si>
   <si>
     <t>c_452354</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Dépistage systématique du cytomégalovirus au premier trimestre de grossesse :  prise en charge et suivi - Note de cadrage</t>
+  </si>
+  <si>
+    <t>19/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:42:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3748990/fr/depistage-systematique-du-cytomegalovirus-au-premier-trimestre-de-grossesse-prise-en-charge-et-suivi-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3748990</t>
+  </si>
+  <si>
     <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
   </si>
   <si>
     <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
   </si>
   <si>
     <t>10/07/2025 00:00:00</t>
   </si>
   <si>
     <t>05/09/2025 14:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
   </si>
   <si>
     <t>p_3643610</t>
   </si>
   <si>
     <t>Vaccination des personnes vivant avec le VIH</t>
   </si>
   <si>
     <t>21/07/2025 17:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
@@ -5162,50 +5222,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1765072/fr/actions-et-propositions-de-la-has-pour-la-qualite-et-la-securite-des-soins-et-pour-la-perennite-du-systeme-de-sante</t>
   </si>
   <si>
     <t>c_1765072</t>
   </si>
   <si>
     <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
   </si>
   <si>
     <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
   </si>
   <si>
     <t>10/12/2007 18:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
   </si>
   <si>
     <t>c_611969</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
     <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
   </si>
   <si>
     <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
   </si>
   <si>
     <t>29/07/2025 17:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3639045</t>
   </si>
   <si>
     <t>Guide méthodologique de gestion des risques des actes à visée esthétique (hors actes chirurgicaux) – Note de cadrage</t>
   </si>
   <si>
     <t>Élaboration d’un guide méthodologique de gestion des risques appliqué aux actes à visée esthétique non chirurgicaux, en réponse aux évolutions du secteur et aux besoins de régulation</t>
   </si>
   <si>
     <t>14/05/2025 00:00:00</t>
   </si>
   <si>
     <t>22/05/2025 10:58:52</t>
@@ -5213,68 +5291,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3607306/fr/guide-methodologique-de-gestion-des-risques-des-actes-a-visee-esthetique-hors-actes-chirurgicaux-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3607306</t>
   </si>
   <si>
     <t>Diagnostic biologique des mycoplasmes urogénitaux dans les infections génitales basses – Rapport d'évaluation - Actualisation d'avril 2025</t>
   </si>
   <si>
     <t>Mycoplasme ; Mycoplasma genitalium ; Mycoplasma hominis ; Ureaplasma urealyticum ; Ureaplasma parvum ; infection sexuellement transmissible ; infection génitale basse ; cervicite ; urétrite ; antibiorésistance ; macrolides ; mutations de résistance</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>14/05/2025 09:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3356494/fr/diagnostic-biologique-des-mycoplasmes-urogenitaux-dans-les-infections-genitales-basses-rapport-d-evaluation-actualisation-d-avril-2025</t>
   </si>
   <si>
     <t>p_3356494</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
-[...16 lines deleted...]
-  <si>
     <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
   </si>
   <si>
     <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
   </si>
   <si>
     <t>10/10/2024 00:00:00</t>
   </si>
   <si>
     <t>16/10/2024 09:11:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
   </si>
   <si>
     <t>p_3215914</t>
   </si>
   <si>
     <t>Activité du séquençage haut débit ciblé en génétique somatique des cancers financée dans le cadre du RIHN : programme des évaluations des actes de séquençage haut débit ciblé</t>
   </si>
   <si>
     <t>Programme pluriannuel d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, en vue de leurs remboursement</t>
   </si>
   <si>
     <t>21/05/2024 00:00:00</t>
@@ -6081,50 +6141,68 @@
     <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
   </si>
   <si>
     <t>c_1265304</t>
   </si>
   <si>
     <t>Évaluation des implants de renfort pour le traitement de l’incontinence urinaire d’effort féminine et du prolapsus des organes pelviens de la femme</t>
   </si>
   <si>
     <t>La HAS a procédé à l’évaluation du service rendu des différents implants de renfort utilisés dans le traitement de l’incontinence urinaire d’effort féminine et dans le prolapsus des organes pelviens. Cette révision propose une mise à jour des indications, des caractéristiques techniques et des conditions de prise en charge de ces implants.</t>
   </si>
   <si>
     <t>04/07/2007 00:00:00</t>
   </si>
   <si>
     <t>27/09/2007 10:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_701682/fr/evaluation-des-implants-de-renfort-pour-le-traitement-de-l-incontinence-urinaire-d-effort-feminine-et-du-prolapsus-des-organes-pelviens-de-la-femme</t>
   </si>
   <si>
     <t>c_701682</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0064/SESPEV du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’actualisation du calendrier des vaccinations pour l’année 2025</t>
+  </si>
+  <si>
+    <t>Réponse à la saisine de la DGS du 22 octobre 2025 relative à l’intégration du vaccin CAPVAXIVE et l’élargissement du rattrapage HPV dans le calendrier des vaccinations 2025.</t>
+  </si>
+  <si>
+    <t>04/12/2025 11:12:00</t>
+  </si>
+  <si>
+    <t>09/12/2025 12:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784536/fr/avis-n2025-0064/sespev-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-actualisation-du-calendrier-des-vaccinations-pour-l-annee-2025</t>
+  </si>
+  <si>
+    <t>p_3784536</t>
   </si>
   <si>
     <t>Avis n°2025.0026/AC/SESPEV du 6 juin 2025 du collège de la Haute Autorité de santé portant sur le vaccin VIMKUNYA du laboratoire BAVARIAN NORDIC dans le contexte épidémique de chikungunya dans les territoires de La Réunion et de Mayotte</t>
   </si>
   <si>
     <t>En décembre 2024, la HAS a été saisie par la Direction Générale de la Santé (DGS) pour émettre un avis urgent sur la stratégie vaccinale à mettre en œuvre contre le chikungunya, avec le vaccin VIMKUNYA (laboratoire BAVARIAN NORDIC), pour les territoires de La Réunion et de Mayotte. La HAS a pris en considération les éléments suivants : L’évolution des données épidémiologiques ; La survenue d’évènements indésirables graves (EIG) neurologiques avec le vaccin IXCHIQ, dont le mécanisme est à ce jour inconnu ; Le nombre limité de personnes, notamment celles âgées de 65 ans et plus, exposées au cours du développement clinique du vaccin VIMKUNYA ; L'absence de recul d’utilisation, en vie réelle, du vaccin VIMKUNYA à ce jour dans le monde ; L’absence de recommandation officielle émise à ce jour au niveau international pour VIMKUNYA ; L’absence de données de sécurité chez les personnes immunodéprimées et les femmes enceintes ; L’interrogation sur le bénéfice de la mise à disposition dans l’urgence, d’un second vaccin contre le chikungunya, VIMKUNYA ; La faible adhésion vaccinale des populations à l’encontre de la stratégie de vaccination mise en œuvre à La Réunion, accentuée par la survenue des EIG avec le vaccin IXCHIQ ; Les investigations en cours conduites tant au niveau européen (EMA) qu’au niveau national. Aussi, la HAS ne peut pas émettre de recommandation sur l’utilisation du vaccin VIMKUNYA avant d’avoir obtenu i) les résultats des investigations en cours sur les causes des EIG survenus avec le vaccin IXCHIQ et ii) d’éventuelles données complémentaires d’efficacité et de sécurité du vaccin VIMKUNYA, obtenues notamment chez les personnes âgées de plus de 65 ans et les femmes enceintes, dont les nouveau-nés sont, avec les personnes âgées, les principales victimes des épidémies passées et actuelles. À ce sujet, la HAS encourage fortement la réalisation de toute étude qui permettrait de colliger de nouvelles données de sécurité, d’efficacité et de durée de protection, dans ces populations, afin de pouvoir positionner au mieux et à terme les vaccins existants contre le chikungunya dans une stratégie globale de vaccination. Cet avis pourra être actualisé en fonction de l’état des connaissances scientifiques et de l’évolution du contexte épidémique en France.</t>
   </si>
   <si>
     <t>06/06/2025 14:37:00</t>
   </si>
   <si>
     <t>06/06/2025 17:00:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609223/fr/avis-n2025-0026/ac/sespev-du-6-juin-2025-du-college-de-la-haute-autorite-de-sante-portant-sur-le-vaccin-vimkunya-du-laboratoire-bavarian-nordic-dans-le-contexte-epidemique-de-chikungunya-dans-les-territoires-de-la-reunion-et-de-mayotte</t>
   </si>
   <si>
     <t>p_3609223</t>
   </si>
   <si>
     <t>Avis n°2024.0022/AC/SESPEV du 11 avril 2024 du collège de la Haute Autorité de santé relatif à l’édition 2024 du calendrier des vaccinations</t>
   </si>
   <si>
     <t>Le projet d’édition 2024 du calendrier des vaccinations et recommandations vaccinales appelle les remarques suivantes : Au chapitre « Avant-Propos » Il conviendrait de modifier, comme suit, la composition de la commission technique des vaccinations (CTV) : « La CTV regroupe des experts de différentes disciplines (infectiologie, pédiatrie, microbiologie, immunologie, épidémiologie, gériatrie, santé publique, médecine générale, médecine du travail, économie de la santé, sociologie, pharmacie, soins infirmiers...) ainsi que des représentants d’usagers » ; Il conviendrait d’insérer le lien internet de la Direction générale de la Santé (DGS) qui renvoie vers les recommandations vaccinales liées à des voyages et séjours à l’étranger recommandations_voyageurs_2023_version_intermediare_au_12_janv24.pdf (sante.gouv.fr) Dans le sous-chapitre « Rappel des contre-indications médicales à la vaccination », le paragraphe sur les contre-indications médicales définitives à la vaccination devrait être complété, avec une mention sur les réactions allergiques sévères, dont l’anaphylaxie, comme suit : « Les principales contre-indications définitives sont : - Une allergie grave connue à l’un des composants du vaccin ; - Une réaction allergique sévère documentée, dont l’anaphylaxie, lors d’une précédente injection du vaccin ; En cas de doute dans les deux situations précitées, une consultation allergologique est indiquée » Au chapitre « Points-clés sur les nouveautés » Il conviendrait d’actualiser le sous-chapitre « Nouvelles recommandations », en y intégrant les nouvelles recommandations élaborées par la HAS en 2023 et en début d’année 2024 : i) Vaccination contre la Covid 19, ii) Vaccination contre les infections invasives à méningocoques, iii) Vaccination contre les infections à pneumocoques, iv) Vaccination contre le Mpox et v) Vaccination contre le zona ; Dans le sous-chapitre « Nouveautés réglementaires », il conviendrait d’ajouter le paragraphe sur les obligations vaccinales des professionnels des secteurs sanitaire et médico-social, qui ont été réévaluées par la HAS au cours de l’année 2023 ; Dans le sous-chapitre « Nouveaux vaccins », il conviendrait d’ajouter les paragraphes relatifs aux informations générales (mentions de l’autorisation de mise sur le marché (AMM)) des vaccins Prevenar 20 (anciennement Apexxnar) et Vaxneuvance ; Concernant le sous-chapitre « Arrêt de commercialisation », les informations relatives aux vaccins Revaxis et Zostavax devraient être insérées. Au chapitre « Vaccinations obligatoires et recommandées » Il conviendrait d’actualiser l’encadré sur le quatrième bilan annuel des obligations vaccinales, qui intègre dorénavant les derniers chiffres de 2023 sur les couvertures vaccinales. Au chapitre « Covid-19 » Pour répondre à la demande de la DGS, il conviendrait d’actualiser ce chapitre en faisant apparaitre les dernières recommandations émises par la HAS en février 2023 : Recommandations générales : la vaccination contre la Covid-19 est recommandée, chaque année, à l’automne, chez les personnes âgées de 65 ans et plus, en respectant un délai d’au moins 6 mois depuis la dernière dose de vaccin contre la Covid-19 ou la dernière infection Covid 19 ; ce délai est réduit à 3 mois chez les personnes âgées de 80 ans et plus. Il serait également important de préciser la recommandation d’une dose supplémentaire de vaccin au printemps, pour les personnes âgées de 80 ans et plus, en respectant un délai d’au moins trois mois depuis la dernière dose de vaccin contre la Covid-19 ou la dernière infection Covid-19. Recommandations particulières : la vaccination contre la Covid-19 est recommandée, chaque année, à l’automne, pour les personnes à risque de forme grave, en respectant un délai d’au moins 6 mois depuis la dernière dose de vaccin contre la Covid-19 ou la dernière infection Covid 19 ; ce délai est réduit à 3 mois pour les personnes immunodéprimées, les résidents d’EHPAD et en USLD, et les personnes à très haut risque de forme grave selon chaque situation médicale individuelle et dans le cadre d’une décision médicale partagée avec les équipes soignantes. Il serait également important de préciser la recommandation d’une dose supplémentaire de vaccin au printemps, pour les personnes immunodéprimées, les résidents d’EHPAD et en USLD ainsi que pour toute personne à très haut risque de forme grave selon chaque situation médicale individuelle et dans le cadre d’une décision médicale partagée avec les équipes soignantes, en respectant un délai d’au moins trois mois depuis la dernière dose de vaccin contre la Covid-19 ou la dernière infection Covid-19. De la même façon, les deux sous-chapitres sur les recommandations vaccinales pour les professionnels et sur les recommandations en termes de vaccins à utiliser pour les campagnes vaccinales devraient être modifiés ; Le paragraphe sur la co-administration des vaccins contre la Covid-19 et contre la grippe saisonnière devrait être ajouté ; L’encadré reprenant l’ensemble des vaccins disposant, à ce jour, d’une AMM pour la vaccination contre la Covid-19 devrait être intégré. De même, un tableau intitulé « Schéma vaccinal pour les personnes éligibles à la campagne de vaccination automnale contre la Covid-19 » devrait être inséré. Au chapitre « Diphtérie, tétanos, poliomyélite » Il conviendrait d’ajouter l’encadré relatif à l’arrêt de commercialisation du vaccin Revaxis, prévu à l’été 2024, précisant qu’en cas d’indisponibilité de ce dernier, les rappels dTPolio chez l’adulte seront à effectuer avec un vaccin dTcaP. Au chapitre « Grippe Saisonnière » Dans le sous-chapitre « Vaccination antigrippale des enfants », il conviendrait d’ajouter un paragraphe « chapeau », afin de rappeler les bénéfices individuels de la vaccination antigrippale des enfants et les bénéfices collectifs qui sont conférés. Au chapitre « Hépatite B » Dans l’encadré sur les schémas vaccinaux, il conviendrait d’ajouter le paragraphe dans lequel il est précisé, pour les adultes, et en cas d’indisponibilité du vaccin ENGERIX B20 µg, la possibilité d’un schéma vaccinal accéléré avec le vaccin HBVAXPro 10, selon un schéma à 3 doses (M0, M1 et M2) suivies d’un rappel 12 mois après. Au chapitre « Infections invasives à méningocoques » Pour répondre à la demande de la DGS, il conviendrait d’actualiser entièrement ce chapitre en faisant apparaitre les récentes recommandations émises par la HAS en mars 2024, comme suit : « Depuis mars 2024, dans le cadre de la stratégie de lutte contre les méningites, la HAS recommande de remplacer l’obligation de vaccination méningococcique dirigée contre le sérogroupe C par une obligation de vaccination méningococcique tétravalente ACWY. Cette vaccination tétravalente sera réalisée avec le vaccin Nimenrix selon un schéma vaccinal à deux doses (une doseà l’âge de 6 mois suivie d’une dose à l’âge de 12 mois). Tout schéma vaccinal initié avec le vaccin Nimenrix devra être complété avec ce même vaccin. De plus, la vaccination méningococcique tétravalente est recommandée chez tous les adolescents âgés de 11 à 14 ans, en utilisant les vaccins tétravalents ACWY (Nimenrix ou MenQuadfi, ou Menveo), selon un schéma à une dose, indépendamment de leur statut vaccinal. En outre, la vaccination méningococcique tétravalente est recommandée aux adolescents et aux jeunes adultes âgés de 15 à 24 ans révolus, dans le cadre d’un rattrapage vaccinal, selon un schéma à une dose de vaccin tétravalent ACWY (Nimenrix ou MenQuadfi, ou Menveo), afin d’obtenir plus rapidement une couverture vaccinale élevée dans cette tranche d’âge, dans laquelle l’incidence des infections invasives à méningocoques est élevée. Cela permettra également d’obtenir une immunité de groupe plus rapidement. » « La HAS recommande également de renforcer la stratégie actuellement en vigueur contre le sérogroupe B chez les nourrissons, en rendant obligatoire la vaccination par le vaccin Bexsero, actuellement recommandée chez l’ensemble des nourrissons selon le schéma suivant : première dose à l’âge de 3 mois, deuxième dose à 5 mois et dose de rappel à 12 mois (M3, M5, M12). » « Chez les adolescents et les jeunes adultes de 15 à 24 ans souhaitant se faire vacciner, la HAS a préconisé que la vaccination dirigée contre le sérogroupe B puisse être remboursée ». L’encadré sur les schémas vaccinaux devrait faire apparaitre, dans la rubrique « Recommandations générales », les nouveaux libellés concernant la vaccination tétravalente contre les méningocoques de sérogroupes A, C, W et Y ainsi que le nouveau libellé concernant l’obligation, chez le nourrisson, de vaccination contre le méningocoque de sérogroupe B. Au chapitre « Infections à papillomavirus humains (HPV) » Il conviendrait d'introduire le chapitre sur la vaccination HPV par un paragraphe de contexte, rappelant la bonne efficacité vaccinale chez les adolescents et les jeunes adultes, et notamment avant l'entrée dansla vie sexuelle ; L’encadré sur les modalités du dépistage des lésions précancéreuses et cancéreuses du col de l’utérus devrait être légèrement modifié, pour davantage se conformer aux dernières recommandations de la HAS (2019). Au chapitre « Infections à pneumocoques (IP) » Pour répondre à la demande de la DGS, il conviendrait d’actualiser entièrement ce chapitre en faisant apparaitre les dernières recommandations émises par la HAS en juillet et août 2023 : Recommandations générales : la vaccination obligatoire du nourrisson est effectuée par le vaccin pneumococcique conjugué 15-valent (VPC15) ou par le vaccin pneumococcique conjugué 13- valent (VPC13), selon un schéma vaccinal de primovaccination à deux injections, à deux mois d’intervalle, à l’âge de 2 mois (8 semaines) et à 4 mois, suivies d’une dose de rappel à l’âge de 11 mois. Recommandations particulières : Pour les prématurés et les nourrissons à risque élevé de contracter une infection à pneumocoques : le maintien d’un schéma vaccinal renforcé, comprenant une primovaccination à trois doses (réalisées à 2 mois, 3 mois et 4 mois), suivies d’une dose de rappel à 11 mois, est recommandé. La vaccination est effectuée avec le vaccin pneumococcique conjugué 15-valent (VPC15) ou le vaccin pneumococcique conjugué 13-valent (VPC13). Pour les enfants et adolescents âgés de 2 à 17 ans à risque élevé de contracter une infection à pneumocoques : la vaccination est recommandée, et elle est effectuée avec le vaccin conjugué 15- valent (VPC15) ou avec le vaccin conjugué 13-valent (VPC13), ainsi qu’avec le vaccin pneumococcique polyosidique non conjugué 23-valent (VPP23). Pour les adultes âgés de 18 ans et plus à risque élevé de contracter une infection à pneumocoques : la vaccination est recommandée, et elle est effectuée préférentiellement avec le vaccin conjugué 20-valent (VPC20) ou avec la séquence de vaccins VPC13-VPP23 (en cas de non disponibilité du vaccin VPC20). De plus, l’encadré sur les schémas vaccinaux devrait être modifié, en reprenant catégorie d’âge par catégorie d’âge, les différents schémas vaccinaux retenus. A ce titre, pour les adultes âgés de 18 ans et plus à risque élevé d’infection pneumococcique, les schémas vaccinaux devraient être précisés en cas de disponibilité du vaccin VPC20 (Prevenar 20, anciennement Apexxnar) et en cas de non-disponibilité du vaccin VPC20 (Prevenar 20, anciennement Apexxnar) ; Pour une meilleure lisibilité, les tableaux de synthèse, reprenant les différents schémas de vaccination, chez l’enfant et chez l’adulte, seraient à intégrer. Au chapitre « Mpox » Pour répondre à la demande de la DGS, il conviendrait d’actualiser ce chapitre en faisant apparaitre les dernières recommandations émises par la HAS en janvier 2023 : Il conviendrait de mentionner le fait qu’en cas d’épidémie à Mpox sur le territoire national, la mise en œuvre d’une campagne de vaccination réactive est recommandée, en utilisant les vaccins antivariolique et anti-variole du singe de 3ème génération (Imvanex et Jynneos). Les personnes ciblées par cette campagne de vaccination dépendent du niveau de menace épidémique (niveau 1 ou niveau 2). De plus, l’encadré sur le schéma vaccinal devrait être inséré, en intégrant les liens qui renvoient vers les dernières recommandations de la HAS. Au chapitre « Rougeole, oreillons, rubéole » Il conviendrait de modifier comme suit, le paragraphe relatif aux nourrissons ayant déjà reçu une dose de vaccin trivalent ROR avant l’âge de 12 mois. « Les nourrissons ayant reçu une dose de vaccin trivalent ROR avant l’âge de 12 mois (qu'elle qu'en soit la raison) sont moins bien protégés contre la rougeole que ceux qui ont reçu le vaccin à l’âge de 12 mois ou plus. En conséquence, ces nourrissons doivent recevoir deux doses supplémentaires de vaccin trivalent ROR (la première à l’âge de 12 mois et la seconde à l’âge de 16-18 mois) afin de compléter leur schéma vaccinal, pour arriver à 3 doses de vaccin trivalent ROR au total » ; De plus, dans le sous-chapitre « Recommandations autour d’un cas de rougeole », la conduite à tenir chez les nourrissons âgés de 6 à 11 mois révolus devrait être complétée, en précisant la prophylaxie post exposition avec l’administration d’immunoglobulines, au-delà de 72 heures suivant le contact infectieux présumé ; Le recours à un cadre de prescription compassionnelle (CPC) devrait être précisé pour les nourrissons âgés de 6 à 8 mois révolus. Le renvoi vers le site de l’Agence nationale de sécurité du médicament et des produits de santé (ANSM), pour le CPC des vaccins Priorix et M-M-RVaxPro serait à ajouter en bas de page ; Dans l’encadré sur les schémas vaccinaux, il conviendrait d’indiquer le cas particulier des nourrissons ayant reçu une dose de vaccin contre la rougeole avant l’âge de 12 mois : « Les nourrissons avec une indication de vaccination contre la rougeole avant l’âge de 12 mois, ayant déjà reçu une dose de vaccin trivalent ROR avant l’âge de 12 mois, doivent recevoir par la suite 2 doses additionnelles de vaccin trivalent contre la rougeole, les oreillons et la rubéole (vaccin ROR) : 1ère dose additionnelle donnée à l’âge de 12 mois, puis 2nde dose additionnelle donnée à l’âge de 16-18 mois, en respectant un intervalle minimal d’un mois entre les doses.» Au chapitre « Zona » Pour répondre à la demande de la DGS, il conviendrait d’actualiser entièrement ce chapitre en faisant apparaitre les dernières recommandations émises par la HAS en mars 2024 : Recommandations générales : Il conviendrait d’ajouter les paragraphes suivants : « La vaccination contre le zona est recommandée chez les adultes immunocompétents de 65 ans et plus. Le vaccin Shingrix doit être préférentiellement utilisé, selon un schéma à deux doses, espacées de deux mois. En cas d’indisponibilité de ce vaccin, la vaccination peut être effectuée avec le vaccin Zostavax, selon un schéma à une dose (si disponible), uniquement chez les personnes immunocompétentes ; ce vaccin vivant atténué étant contre-indiqué chez les personnes immunodéprimées. La vaccination contre le zona avec le vaccin Shingrix est également recommandée chez les personnes immunocompétentes âgées de 65 ans et plus, ayant eu des antécédents de zona ou de vaccination par le vaccin Zostavax, selon un schéma complet, en respectant un délai d’au moins un an avant l’administration de la première dose. » Recommandations particulières : Il conviendrait d’ajouter les paragraphes suivants : « La vaccination contre le zona est recommandée chez les personnes âgées de 18 ans et plus, dont le système immunitaire est défaillant en raison de pathologies innées (un déficit immunitaire primitif, par exemple) ou acquises (immunodépression liée à l’infection par le VIH, par exemple) ou d’un traitement (corticothérapie au long cours ou traitements immunosuppresseurs), avec le seul vaccin Shingrix, selon un schéma à deux doses, espacées de deux mois entre chaque dose. Avant initiation d’une thérapie immunosuppressive, il est recommandé d’administrer le vaccin Shingrix le plus en amont possible du début du traitement, afin que le schéma vaccinal soit complété idéalement 14 jours avant l’initiation du traitement. Dans cette situation, l’intervalle entre les deux doses de vaccin pourra être réduit à 1 mois. Chez les femmes allaitantes, l’administration du vaccin Shingrix doit être évaluée au cas par cas, et dans le cadre d’une décision médicale partagée avec l’équipe soignante. » De plus, l’encadré sur le schéma vaccinal devrait être modifié, en intégrant la place du vaccin Shingrix dans la nouvelle stratégie vaccinale contre le zona. Au chapitre « Vaccination des populations spécifiques » Dans le sous-chapitre 2.20.2 « Vaccination des femmes enceintes », il conviendrait de modifier l’encadré relatif aux recommandations recommandées pendant la grossesse, afin de faire figurer la vaccination contre la Covid-19 ; Dans le sous-chapitre 2.20.3 « Vaccination des nourrissons nés prématurés », dans la rubrique « vaccination contre la coqueluche », il conviendrait de modifier le 4ème et dernier paragraphe comme suit : « Chez le prématuré qui présente ces facteurs de risque, il est donc recommandé d’administrer la première dose de vaccin hexavalent avant sa sortie d’hospitalisation et de le garder sous monitoring cardio-respiratoire pendant les quarante-huit heures qui suivent. La ré-hospitalisation de l’enfant n’est pas nécessaire si ce dernier est déjà sorti de son hospitalisation. En cas d’apnée ou de bradycardie lors de la première vaccination, une récidive est possible lors de la deuxième injection » ; De plus, dans ce même sous-chapitre 2.20.3, sous le premier tableau intitulé, « Schéma de vaccination du nouveau-né prématuré (&lt;33 semaines d’aménorrhée) et/ou pesant moins de 2000 g, de mère Ag HBs+ » il conviendrait d’ajouter une note de bas de tableau, comme suit : « Les enfants prématurés encore hospitalisés au moment de l'âge de leur vaccination (2 mois de vie), doivent bénéficier d’un monitorage cardio-respiratoire (scopés 48h). La ré-hospitalisation n’est pas nécessaire pour ceux déjà sortis de leur hospitalisation. » ; Cette même note de bas de tableau devrait également être introduite sous le 2ème tableau intitulé « Schéma de vaccination du nouveau-né prématuré (hors nouveau-nés de mère Ag HBs +) », situé en dessous. Au chapitre « Adaptation des recommandations vaccinales en situation de tension/pénurie de vaccins » En introduction, le lien internet conduisant au site internet de l’ANSM devrait être actualisé avec le lien suivant :(http://ansm.sante.fr/S-informer/Informations-de-securite-Ruptures-de-stock-des medicaments) ; Dans le sous-chapitre 3.4 « Vaccin non conjugué contre le pneumocoque », un paragraphe devrait être introduit sur la vaccination préférentielle, chez l’adulte, avec le vaccin VPC20 (Prevenar 20, anciennement Apexxnar), ou bien avec la séquence de vaccins VPC13-VPP23, en cas de non-disponibilité du vaccin VPC20 (Prevenar 20, anciennement Apexxnar). Au chapitre « Calendrier des vaccinations 2024 – Tableaux synoptiques » Dans le tableau 4.1 des vaccinations chez les enfants et les adolescents – 2024 En recommandations générales, il conviendrait de mettre à jour la ligne relative à la vaccination méningococcique tétravalente (obligatoire) des nourrissons contre les infections à méningocoques ACWY, ainsi que la vaccination (recommandée) des adolescents de 11 à 14 ans contre les méningocoques de sérogroupes ACWY ; En rattrapage, il conviendrait de mettre à jour la ligne relative à la vaccination méningococcique tétravalente des adolescents et des jeunes adultes contre les infections à méningocoques ACWY ; vaccination qui est recommandée entre 15 et 24 ans ; Pour les populations particulières et à risque, il est proposé de modifier ce tableau, en ajoutant i) une colonne supplémentaire pour les vaccinations recommandées au cours de la grossesse (Grippe saisonnière, dTcaP, et Covid-19) et ii) une ligne supplémentaire pour la vaccination contre la Covid-19 (des nourrissons à partir de 6 mois, enfants et adolescents, atteints de comorbidité); Il conviendrait de mettre à jour la ligne relative aux schémas de vaccination des nourrissons, des enfants et adolescents, contre le pneumocoque ; Aussi, suite à ces changements, les notes de bas de tableau devraient être modifiées en conséquence. Dans le tableau 4.2 des vaccinations recommandées chez les adultes – 2024 Il est proposé de maintenir ce tableau dans son intégralité, en ajoutant une ligne supplémentaire pour la vaccination contre la Covid-19, à la fois pour la partie du tableau sur les recommandations générales (vaccination recommandée chez l’adulte de 65 ans et plus) et pour la partie du tableau sur les populations particulières et à risque (vaccination recommandée chez les adultes atteints de comorbidité) ; En recommandation générale, il conviendrait de mettre à jour la ligne relative à la vaccination contre le zona (à partir de 65 ans : vaccination préférentielle avec le vaccin Shingrix, schéma à deux doses espacées de 2 mois) ; En rattrapage, il conviendrait de mettre à jour la ligne relative à la vaccination méningococcique tétravalente des jeunes adultes âgés de 18 à 24 ans contre les infections à méningocoques ACWY (car la vaccination méningococcique tétravalente ACWY est recommandée entre 15 et 24 ans) ; Aussi, suite à ces changements, les notes de bas de tableau devraient être modifiées en conséquence. Dans le tableau 4.3 des calendriers vaccinaux obligatoires et recommandés, en 2024 en Guyane et à Mayotte, chez les enfants en population générale (Hors Covid-19) Il est proposé de modifier ce tableau pour tenir compte des nouvelles recommandations de vaccination méningococcique tétravalente ACWY chez tous les nourrissons (à 6 et 12 mois), et de supprimer les mentions relatives à la vaccination monovalente MenC, dans les colonnes de Guyane et Mayotte. Dans le tableau 4.4.1 des vaccinations en milieu professionnel Il conviendrait de réviser, dans sa globalité, le tableau des vaccinations des professionnels, qui relève de textes règlementaires (arrêté du 15 mars 1991), notamment pour vérifier la cohérence par rapport aux textes existants. Dans le tableau 4.4.2 des vaccinations des personnes immunodéprimées Il conviendrait d’ajouter une ligne sur la vaccination contre la Covid-19 et de l’implémenter avec les recommandations chez les immunodéprimés ; Il conviendrait d’actualiser la ligne relative aux infections invasives à méningocoque pour tenir compte des dernières recommandations concernant la vaccination méningococcique tétravalente ACWY ; Il conviendrait d’actualiser la ligne relative aux infections à pneumocoque, en distinguant les différentes catégories d’âge ; Il conviendrait de compléter la ligne relative aux infections liées aux HPV, en précisant les schémas vaccinaux prévus chez les personnes candidates à une transplantation d’organe solide ; Il conviendrait de créer une ligne relative à l’infection zona, en précisant les schémas vaccinaux chez les personnes immunodéprimées (utilisation du vaccin Shingrix uniquement). Dans le tableau 4.4.3 des vaccinations recommandées pour les personnes âgées de 65 ans et plus La ligne sur la vaccination contre la Covid-19 devrait être actualisée afin d’y indiquer les dernières recommandations pour cette catégorie de population ; La ligne sur la vaccination contre le zona devrait être actualisée afin d’y indiquer la place préférentielle du vaccin Shingrix chez les adultes de 65 ans et plus, immunocompétents. La possibilité de vaccination des personnes immunodéprimées avec ce vaccin, devrait également être précisée. Dans le tableau 4.4.3b des vaccinations recommandées pour les personnes âgées de 65 ans et plus, présentant un risque particulier ou étant dans une situation à risque particulier Il conviendrait d’actualiser la ligne relative aux infections à pneumocoque, en précisant les schémas vaccinaux possibles, en fonction de la disponibilité ou de la non-disponibilité du vaccin VPC20 (Prevenar 20, anciennement Apexxnar). Dans le tableau 4.5.1 relatif au rattrapage vaccinal chez une personne jamais vaccinée, ou au statut vaccinal inconnu, incomplet ou incomplètement connu, en population générale Il conviendrait d’actualiser la ligne relative aux infections à pneumocoque, en précisant le schéma vaccinal possible (vaccin VPC13 ou VPC15, suivi de VPP23). Dans le tableau de correspondance entre les valences vaccinales dans le calendrier des vaccinations et les vaccins commercialisés en France Il conviendrait de supprimer la ligne du vaccin Diphtérie/Tétanos (car fin de l’autorisation d’accès compassionnel depuis le 1er trimestre 2023) ; Pour le vaccin Revaxis, il conviendrait d’insérer une note, annonçant le prochain arrêt de commercialisation (01/07/2024) ; Dans la case des vaccins contre la Covid-19, il conviendrait de faire apparaitre le vaccin Spikevax XBB.1.5 ; Il conviendrait de faire apparaitre les deux nouveaux vaccins contre les infections à pneumocoque : Prevenar 20 (anciennement Apexxnar) et Vaxneuvance ; Il conviendrait de supprimer la ligne sur le vaccin Imovax Polio (arrêt de commercialisation au 31/03/2023) ; Dans la case des vaccins contre les infections liées au VRS, il conviendrait de rajouter le vaccin Arexvy ; Dans la case des vaccins contre le zona, il conviendrait d’ajouter le vaccin Shingrix. Dans le tableau de synthèse des contre-indications des vaccins utilisés chez les enfants Il conviendrait de compléter les lignes des vaccins Nimenrix, MenQuadfi, Menveo, Cervarix, Gardasil 9, Varilrix et Varivax, afin d’y faire figurer les contre-indications de ces vaccins ; La ligne relative au vaccin Imovax Polio devrait être supprimée. Le présent avis sera publié au Bulletin officiel de la Haute Autorité de santé.</t>
   </si>
@@ -7002,2688 +7080,2714 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1673</v>
+        <v>1693</v>
       </c>
       <c r="B2" t="s">
-        <v>1674</v>
+        <v>1694</v>
       </c>
       <c r="C2" t="s">
-        <v>1675</v>
+        <v>1695</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1676</v>
+        <v>1696</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1677</v>
+        <v>1697</v>
       </c>
       <c r="H2" t="s">
-        <v>1678</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1673</v>
+        <v>1693</v>
       </c>
       <c r="B3" t="s">
-        <v>1679</v>
+        <v>1699</v>
       </c>
       <c r="C3" t="s">
-        <v>1680</v>
+        <v>1700</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1681</v>
+        <v>1701</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1682</v>
+        <v>1702</v>
       </c>
       <c r="H3" t="s">
-        <v>1683</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1673</v>
+        <v>1693</v>
       </c>
       <c r="B4" t="s">
-        <v>1684</v>
+        <v>1704</v>
       </c>
       <c r="C4" t="s">
-        <v>1685</v>
+        <v>1705</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1686</v>
+        <v>1706</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1687</v>
+        <v>1707</v>
       </c>
       <c r="H4" t="s">
-        <v>1688</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1673</v>
+        <v>1693</v>
       </c>
       <c r="B5" t="s">
-        <v>1689</v>
+        <v>1709</v>
       </c>
       <c r="C5" t="s">
-        <v>1690</v>
+        <v>1710</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1691</v>
+        <v>1711</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1692</v>
+        <v>1712</v>
       </c>
       <c r="H5" t="s">
-        <v>1693</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1673</v>
+        <v>1693</v>
       </c>
       <c r="B6" t="s">
-        <v>1694</v>
+        <v>1714</v>
       </c>
       <c r="C6" t="s">
-        <v>1695</v>
+        <v>1715</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1696</v>
+        <v>1716</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1697</v>
+        <v>1717</v>
       </c>
       <c r="H6" t="s">
-        <v>1698</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1673</v>
+        <v>1693</v>
       </c>
       <c r="B7" t="s">
-        <v>1699</v>
+        <v>1719</v>
       </c>
       <c r="C7" t="s">
-        <v>1700</v>
+        <v>1720</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1701</v>
+        <v>1721</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1702</v>
+        <v>1722</v>
       </c>
       <c r="H7" t="s">
-        <v>1703</v>
+        <v>1723</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B2" t="s">
-        <v>1705</v>
+        <v>1725</v>
       </c>
       <c r="C2" t="s">
-        <v>1706</v>
+        <v>1726</v>
       </c>
       <c r="D2" t="s">
-        <v>890</v>
+        <v>1727</v>
       </c>
       <c r="E2" t="s">
-        <v>1707</v>
+        <v>1728</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1708</v>
+        <v>1729</v>
       </c>
       <c r="H2" t="s">
-        <v>1709</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B3" t="s">
-        <v>1710</v>
+        <v>1731</v>
       </c>
       <c r="C3" t="s">
-        <v>1711</v>
+        <v>1732</v>
       </c>
       <c r="D3" t="s">
-        <v>1712</v>
+        <v>933</v>
       </c>
       <c r="E3" t="s">
-        <v>1713</v>
+        <v>1733</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1714</v>
+        <v>1734</v>
       </c>
       <c r="H3" t="s">
-        <v>1715</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B4" t="s">
-        <v>1716</v>
+        <v>1736</v>
       </c>
       <c r="C4" t="s">
-        <v>1717</v>
+        <v>1737</v>
       </c>
       <c r="D4" t="s">
-        <v>1718</v>
+        <v>1738</v>
       </c>
       <c r="E4" t="s">
-        <v>1719</v>
+        <v>1739</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1720</v>
+        <v>1740</v>
       </c>
       <c r="H4" t="s">
-        <v>1721</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B5" t="s">
-        <v>1722</v>
+        <v>1742</v>
       </c>
       <c r="C5" t="s">
-        <v>1723</v>
+        <v>1743</v>
       </c>
       <c r="D5" t="s">
-        <v>1724</v>
+        <v>1744</v>
       </c>
       <c r="E5" t="s">
-        <v>1725</v>
+        <v>1745</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1726</v>
+        <v>1746</v>
       </c>
       <c r="H5" t="s">
-        <v>1727</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B6" t="s">
-        <v>1728</v>
+        <v>1748</v>
       </c>
       <c r="C6" t="s">
-        <v>1729</v>
+        <v>1749</v>
       </c>
       <c r="D6" t="s">
-        <v>1730</v>
+        <v>1750</v>
       </c>
       <c r="E6" t="s">
-        <v>1731</v>
+        <v>1751</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1732</v>
+        <v>1752</v>
       </c>
       <c r="H6" t="s">
-        <v>1733</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B7" t="s">
-        <v>1734</v>
+        <v>1754</v>
       </c>
       <c r="C7" t="s">
-        <v>1735</v>
+        <v>1755</v>
       </c>
       <c r="D7" t="s">
-        <v>1736</v>
+        <v>1756</v>
       </c>
       <c r="E7" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1737</v>
+        <v>1757</v>
       </c>
       <c r="H7" t="s">
-        <v>1738</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B8" t="s">
-        <v>1739</v>
+        <v>1759</v>
       </c>
       <c r="C8" t="s">
-        <v>1740</v>
+        <v>1760</v>
       </c>
       <c r="D8" t="s">
-        <v>908</v>
+        <v>951</v>
       </c>
       <c r="E8" t="s">
-        <v>1741</v>
+        <v>1761</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1742</v>
+        <v>1762</v>
       </c>
       <c r="H8" t="s">
-        <v>1743</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B9" t="s">
-        <v>1744</v>
+        <v>1764</v>
       </c>
       <c r="C9" t="s">
-        <v>1745</v>
+        <v>1765</v>
       </c>
       <c r="D9" t="s">
-        <v>1746</v>
+        <v>1766</v>
       </c>
       <c r="E9" t="s">
-        <v>1747</v>
+        <v>1767</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1748</v>
+        <v>1768</v>
       </c>
       <c r="H9" t="s">
-        <v>1749</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B10" t="s">
-        <v>1750</v>
+        <v>1770</v>
       </c>
       <c r="C10" t="s">
-        <v>1751</v>
+        <v>1771</v>
       </c>
       <c r="D10" t="s">
-        <v>1752</v>
+        <v>1772</v>
       </c>
       <c r="E10" t="s">
-        <v>1753</v>
+        <v>1773</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1754</v>
+        <v>1774</v>
       </c>
       <c r="H10" t="s">
-        <v>1755</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B11" t="s">
-        <v>1756</v>
+        <v>1776</v>
       </c>
       <c r="C11" t="s">
-        <v>1757</v>
+        <v>1777</v>
       </c>
       <c r="D11" t="s">
-        <v>1758</v>
+        <v>1778</v>
       </c>
       <c r="E11" t="s">
-        <v>1759</v>
+        <v>1779</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1760</v>
+        <v>1780</v>
       </c>
       <c r="H11" t="s">
-        <v>1761</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B12" t="s">
-        <v>1762</v>
+        <v>1782</v>
       </c>
       <c r="C12" t="s">
-        <v>1763</v>
+        <v>1783</v>
       </c>
       <c r="D12" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="E12" t="s">
-        <v>1764</v>
+        <v>1784</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1765</v>
+        <v>1785</v>
       </c>
       <c r="H12" t="s">
-        <v>1766</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B13" t="s">
-        <v>1767</v>
+        <v>1787</v>
       </c>
       <c r="C13" t="s">
-        <v>1768</v>
+        <v>1788</v>
       </c>
       <c r="D13" t="s">
-        <v>1769</v>
+        <v>1789</v>
       </c>
       <c r="E13" t="s">
-        <v>1770</v>
+        <v>1790</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1771</v>
+        <v>1791</v>
       </c>
       <c r="H13" t="s">
-        <v>1772</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B14" t="s">
-        <v>1773</v>
+        <v>1793</v>
       </c>
       <c r="C14" t="s">
-        <v>1774</v>
+        <v>1794</v>
       </c>
       <c r="D14" t="s">
-        <v>1775</v>
+        <v>1795</v>
       </c>
       <c r="E14" t="s">
-        <v>1776</v>
+        <v>1796</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1777</v>
+        <v>1797</v>
       </c>
       <c r="H14" t="s">
-        <v>1778</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B15" t="s">
-        <v>1779</v>
+        <v>1799</v>
       </c>
       <c r="C15" t="s">
-        <v>1780</v>
+        <v>1800</v>
       </c>
       <c r="D15" t="s">
-        <v>1781</v>
+        <v>1801</v>
       </c>
       <c r="E15" t="s">
-        <v>1782</v>
+        <v>1802</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1783</v>
+        <v>1803</v>
       </c>
       <c r="H15" t="s">
-        <v>1784</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B16" t="s">
-        <v>1785</v>
+        <v>1805</v>
       </c>
       <c r="C16" t="s">
-        <v>1786</v>
+        <v>1806</v>
       </c>
       <c r="D16" t="s">
-        <v>1787</v>
+        <v>1807</v>
       </c>
       <c r="E16" t="s">
-        <v>1788</v>
+        <v>1808</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1789</v>
+        <v>1809</v>
       </c>
       <c r="H16" t="s">
-        <v>1790</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B17" t="s">
-        <v>1791</v>
+        <v>1811</v>
       </c>
       <c r="C17" t="s">
-        <v>1792</v>
+        <v>1812</v>
       </c>
       <c r="D17" t="s">
-        <v>1793</v>
+        <v>1813</v>
       </c>
       <c r="E17" t="s">
-        <v>1794</v>
+        <v>1814</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1795</v>
+        <v>1815</v>
       </c>
       <c r="H17" t="s">
-        <v>1796</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B18" t="s">
-        <v>1797</v>
+        <v>1817</v>
       </c>
       <c r="C18" t="s">
-        <v>1798</v>
+        <v>1818</v>
       </c>
       <c r="D18" t="s">
-        <v>1799</v>
+        <v>1819</v>
       </c>
       <c r="E18" t="s">
-        <v>1800</v>
+        <v>1820</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1801</v>
+        <v>1821</v>
       </c>
       <c r="H18" t="s">
-        <v>1802</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B19" t="s">
-        <v>1803</v>
+        <v>1823</v>
       </c>
       <c r="C19" t="s">
-        <v>1804</v>
+        <v>1824</v>
       </c>
       <c r="D19" t="s">
-        <v>1805</v>
+        <v>1825</v>
       </c>
       <c r="E19" t="s">
-        <v>1806</v>
+        <v>1826</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1807</v>
+        <v>1827</v>
       </c>
       <c r="H19" t="s">
-        <v>1808</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B20" t="s">
-        <v>1809</v>
+        <v>1829</v>
       </c>
       <c r="C20" t="s">
-        <v>1810</v>
+        <v>1830</v>
       </c>
       <c r="D20" t="s">
-        <v>1811</v>
+        <v>1831</v>
       </c>
       <c r="E20" t="s">
-        <v>1812</v>
+        <v>1832</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1813</v>
+        <v>1833</v>
       </c>
       <c r="H20" t="s">
-        <v>1814</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B21" t="s">
-        <v>1815</v>
+        <v>1835</v>
       </c>
       <c r="C21" t="s">
-        <v>1816</v>
+        <v>1836</v>
       </c>
       <c r="D21" t="s">
-        <v>1805</v>
+        <v>1825</v>
       </c>
       <c r="E21" t="s">
-        <v>1812</v>
+        <v>1832</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1817</v>
+        <v>1837</v>
       </c>
       <c r="H21" t="s">
-        <v>1818</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B22" t="s">
-        <v>1819</v>
+        <v>1839</v>
       </c>
       <c r="C22" t="s">
-        <v>1820</v>
+        <v>1840</v>
       </c>
       <c r="D22" t="s">
-        <v>1821</v>
+        <v>1841</v>
       </c>
       <c r="E22" t="s">
-        <v>1822</v>
+        <v>1842</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1823</v>
+        <v>1843</v>
       </c>
       <c r="H22" t="s">
-        <v>1824</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B23" t="s">
-        <v>1825</v>
+        <v>1845</v>
       </c>
       <c r="C23" t="s">
-        <v>1826</v>
+        <v>1846</v>
       </c>
       <c r="D23" t="s">
-        <v>1325</v>
+        <v>1345</v>
       </c>
       <c r="E23" t="s">
-        <v>1827</v>
+        <v>1847</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1828</v>
+        <v>1848</v>
       </c>
       <c r="H23" t="s">
-        <v>1829</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B24" t="s">
-        <v>1830</v>
+        <v>1850</v>
       </c>
       <c r="C24" t="s">
-        <v>1831</v>
+        <v>1851</v>
       </c>
       <c r="D24" t="s">
-        <v>1832</v>
+        <v>1852</v>
       </c>
       <c r="E24" t="s">
-        <v>1833</v>
+        <v>1853</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1834</v>
+        <v>1854</v>
       </c>
       <c r="H24" t="s">
-        <v>1835</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B25" t="s">
-        <v>1836</v>
+        <v>1856</v>
       </c>
       <c r="C25" t="s">
-        <v>1837</v>
+        <v>1857</v>
       </c>
       <c r="D25" t="s">
-        <v>1838</v>
+        <v>1858</v>
       </c>
       <c r="E25" t="s">
-        <v>1839</v>
+        <v>1859</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1840</v>
+        <v>1860</v>
       </c>
       <c r="H25" t="s">
-        <v>1841</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B26" t="s">
-        <v>1842</v>
+        <v>1862</v>
       </c>
       <c r="C26" t="s">
-        <v>1843</v>
+        <v>1863</v>
       </c>
       <c r="D26" t="s">
-        <v>1838</v>
+        <v>1858</v>
       </c>
       <c r="E26" t="s">
-        <v>1839</v>
+        <v>1859</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1844</v>
+        <v>1864</v>
       </c>
       <c r="H26" t="s">
-        <v>1845</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B27" t="s">
-        <v>1846</v>
+        <v>1866</v>
       </c>
       <c r="C27" t="s">
-        <v>1847</v>
+        <v>1867</v>
       </c>
       <c r="D27" t="s">
-        <v>1848</v>
+        <v>1868</v>
       </c>
       <c r="E27" t="s">
-        <v>1849</v>
+        <v>1869</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1850</v>
+        <v>1870</v>
       </c>
       <c r="H27" t="s">
-        <v>1851</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B28" t="s">
-        <v>1852</v>
+        <v>1872</v>
       </c>
       <c r="C28" t="s">
-        <v>1853</v>
+        <v>1873</v>
       </c>
       <c r="D28" t="s">
-        <v>1854</v>
+        <v>1874</v>
       </c>
       <c r="E28" t="s">
-        <v>1855</v>
+        <v>1875</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1856</v>
+        <v>1876</v>
       </c>
       <c r="H28" t="s">
-        <v>1857</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B29" t="s">
-        <v>1858</v>
+        <v>1878</v>
       </c>
       <c r="C29" t="s">
-        <v>1859</v>
+        <v>1879</v>
       </c>
       <c r="D29" t="s">
-        <v>1860</v>
+        <v>1880</v>
       </c>
       <c r="E29" t="s">
-        <v>1861</v>
+        <v>1881</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1862</v>
+        <v>1882</v>
       </c>
       <c r="H29" t="s">
-        <v>1863</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B30" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="C30" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="D30" t="s">
-        <v>1866</v>
+        <v>1886</v>
       </c>
       <c r="E30" t="s">
-        <v>1867</v>
+        <v>1887</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1868</v>
+        <v>1888</v>
       </c>
       <c r="H30" t="s">
-        <v>1869</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B31" t="s">
-        <v>1870</v>
+        <v>1890</v>
       </c>
       <c r="C31" t="s">
-        <v>1871</v>
+        <v>1891</v>
       </c>
       <c r="D31" t="s">
-        <v>1872</v>
+        <v>1892</v>
       </c>
       <c r="E31" t="s">
-        <v>1873</v>
+        <v>1893</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1874</v>
+        <v>1894</v>
       </c>
       <c r="H31" t="s">
-        <v>1875</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B32" t="s">
-        <v>1876</v>
+        <v>1896</v>
       </c>
       <c r="C32" t="s">
-        <v>1877</v>
+        <v>1897</v>
       </c>
       <c r="D32" t="s">
-        <v>1878</v>
+        <v>1898</v>
       </c>
       <c r="E32" t="s">
-        <v>1879</v>
+        <v>1899</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1880</v>
+        <v>1900</v>
       </c>
       <c r="H32" t="s">
-        <v>1881</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B33" t="s">
-        <v>1882</v>
+        <v>1902</v>
       </c>
       <c r="C33" t="s">
-        <v>1883</v>
+        <v>1903</v>
       </c>
       <c r="D33" t="s">
-        <v>1884</v>
+        <v>1904</v>
       </c>
       <c r="E33" t="s">
-        <v>1885</v>
+        <v>1905</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1886</v>
+        <v>1906</v>
       </c>
       <c r="H33" t="s">
-        <v>1887</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B34" t="s">
-        <v>1888</v>
+        <v>1908</v>
       </c>
       <c r="C34" t="s">
-        <v>1889</v>
+        <v>1909</v>
       </c>
       <c r="D34" t="s">
-        <v>1890</v>
+        <v>1910</v>
       </c>
       <c r="E34" t="s">
-        <v>1891</v>
+        <v>1911</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1892</v>
+        <v>1912</v>
       </c>
       <c r="H34" t="s">
-        <v>1893</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B35" t="s">
-        <v>1894</v>
+        <v>1914</v>
       </c>
       <c r="C35" t="s">
-        <v>1894</v>
+        <v>1914</v>
       </c>
       <c r="D35" t="s">
-        <v>1895</v>
+        <v>1915</v>
       </c>
       <c r="E35" t="s">
-        <v>1896</v>
+        <v>1916</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1897</v>
+        <v>1917</v>
       </c>
       <c r="H35" t="s">
-        <v>1898</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B36" t="s">
-        <v>1899</v>
+        <v>1919</v>
       </c>
       <c r="C36" t="s">
-        <v>1900</v>
+        <v>1920</v>
       </c>
       <c r="D36" t="s">
-        <v>1901</v>
+        <v>1921</v>
       </c>
       <c r="E36" t="s">
-        <v>1902</v>
+        <v>1922</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1903</v>
+        <v>1923</v>
       </c>
       <c r="H36" t="s">
-        <v>1904</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B37" t="s">
-        <v>1905</v>
+        <v>1925</v>
       </c>
       <c r="C37" t="s">
-        <v>1906</v>
+        <v>1926</v>
       </c>
       <c r="D37" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="E37" t="s">
-        <v>1907</v>
+        <v>1927</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1908</v>
+        <v>1928</v>
       </c>
       <c r="H37" t="s">
-        <v>1909</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B38" t="s">
-        <v>1910</v>
+        <v>1930</v>
       </c>
       <c r="C38" t="s">
-        <v>1911</v>
+        <v>1931</v>
       </c>
       <c r="D38" t="s">
-        <v>1912</v>
+        <v>1932</v>
       </c>
       <c r="E38" t="s">
-        <v>1913</v>
+        <v>1933</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1914</v>
+        <v>1934</v>
       </c>
       <c r="H38" t="s">
-        <v>1915</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B39" t="s">
-        <v>1916</v>
+        <v>1936</v>
       </c>
       <c r="C39" t="s">
-        <v>1917</v>
+        <v>1937</v>
       </c>
       <c r="D39" t="s">
-        <v>1918</v>
+        <v>1938</v>
       </c>
       <c r="E39" t="s">
-        <v>1919</v>
+        <v>1939</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1920</v>
+        <v>1940</v>
       </c>
       <c r="H39" t="s">
-        <v>1921</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B40" t="s">
-        <v>1922</v>
+        <v>1942</v>
       </c>
       <c r="C40" t="s">
-        <v>1923</v>
+        <v>1943</v>
       </c>
       <c r="D40" t="s">
-        <v>1924</v>
+        <v>1944</v>
       </c>
       <c r="E40" t="s">
-        <v>1925</v>
+        <v>1945</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1926</v>
+        <v>1946</v>
       </c>
       <c r="H40" t="s">
-        <v>1927</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B41" t="s">
-        <v>1928</v>
+        <v>1948</v>
       </c>
       <c r="C41" t="s">
-        <v>1929</v>
+        <v>1949</v>
       </c>
       <c r="D41" t="s">
         <v>24</v>
       </c>
       <c r="E41" t="s">
-        <v>1930</v>
+        <v>1950</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1931</v>
+        <v>1951</v>
       </c>
       <c r="H41" t="s">
-        <v>1932</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B42" t="s">
-        <v>1933</v>
+        <v>1953</v>
       </c>
       <c r="C42" t="s">
-        <v>1934</v>
+        <v>1954</v>
       </c>
       <c r="D42" t="s">
-        <v>1935</v>
+        <v>1955</v>
       </c>
       <c r="E42" t="s">
-        <v>1936</v>
+        <v>1956</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1937</v>
+        <v>1957</v>
       </c>
       <c r="H42" t="s">
-        <v>1938</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B43" t="s">
-        <v>1939</v>
+        <v>1959</v>
       </c>
       <c r="C43" t="s">
-        <v>1940</v>
+        <v>1960</v>
       </c>
       <c r="D43" t="s">
-        <v>1941</v>
+        <v>1961</v>
       </c>
       <c r="E43" t="s">
-        <v>1942</v>
+        <v>1962</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1943</v>
+        <v>1963</v>
       </c>
       <c r="H43" t="s">
-        <v>1944</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B44" t="s">
-        <v>1945</v>
+        <v>1965</v>
       </c>
       <c r="C44" t="s">
-        <v>1946</v>
+        <v>1966</v>
       </c>
       <c r="D44" t="s">
-        <v>1947</v>
+        <v>1967</v>
       </c>
       <c r="E44" t="s">
-        <v>1948</v>
+        <v>1968</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1949</v>
+        <v>1969</v>
       </c>
       <c r="H44" t="s">
-        <v>1950</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B45" t="s">
-        <v>1951</v>
+        <v>1971</v>
       </c>
       <c r="C45" t="s">
-        <v>1952</v>
+        <v>1972</v>
       </c>
       <c r="D45" t="s">
-        <v>1953</v>
+        <v>1973</v>
       </c>
       <c r="E45" t="s">
-        <v>1954</v>
+        <v>1974</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1955</v>
+        <v>1975</v>
       </c>
       <c r="H45" t="s">
-        <v>1956</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B46" t="s">
-        <v>1957</v>
+        <v>1977</v>
       </c>
       <c r="C46" t="s">
-        <v>1958</v>
+        <v>1978</v>
       </c>
       <c r="D46" t="s">
-        <v>1959</v>
+        <v>1979</v>
       </c>
       <c r="E46" t="s">
-        <v>1960</v>
+        <v>1980</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1961</v>
+        <v>1981</v>
       </c>
       <c r="H46" t="s">
-        <v>1962</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B47" t="s">
-        <v>1963</v>
+        <v>1983</v>
       </c>
       <c r="C47" t="s">
-        <v>1964</v>
+        <v>1984</v>
       </c>
       <c r="D47" t="s">
-        <v>1965</v>
+        <v>1985</v>
       </c>
       <c r="E47" t="s">
-        <v>1966</v>
+        <v>1986</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1967</v>
+        <v>1987</v>
       </c>
       <c r="H47" t="s">
-        <v>1968</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B48" t="s">
-        <v>1969</v>
+        <v>1989</v>
       </c>
       <c r="C48" t="s">
-        <v>1970</v>
+        <v>1990</v>
       </c>
       <c r="D48" t="s">
-        <v>1971</v>
+        <v>1991</v>
       </c>
       <c r="E48" t="s">
-        <v>1972</v>
+        <v>1992</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1973</v>
+        <v>1993</v>
       </c>
       <c r="H48" t="s">
-        <v>1974</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B49" t="s">
-        <v>1975</v>
+        <v>1995</v>
       </c>
       <c r="C49" t="s">
-        <v>1976</v>
+        <v>1996</v>
       </c>
       <c r="D49" t="s">
-        <v>1977</v>
+        <v>1997</v>
       </c>
       <c r="E49" t="s">
-        <v>1978</v>
+        <v>1998</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1979</v>
+        <v>1999</v>
       </c>
       <c r="H49" t="s">
-        <v>1980</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B50" t="s">
-        <v>1981</v>
+        <v>2001</v>
       </c>
       <c r="C50" t="s">
-        <v>1982</v>
+        <v>2002</v>
       </c>
       <c r="D50" t="s">
-        <v>1983</v>
+        <v>2003</v>
       </c>
       <c r="E50" t="s">
-        <v>1984</v>
+        <v>2004</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1985</v>
+        <v>2005</v>
       </c>
       <c r="H50" t="s">
-        <v>1986</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B51" t="s">
-        <v>1987</v>
+        <v>2007</v>
       </c>
       <c r="C51" t="s">
-        <v>1988</v>
+        <v>2008</v>
       </c>
       <c r="D51" t="s">
-        <v>1989</v>
+        <v>2009</v>
       </c>
       <c r="E51" t="s">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1991</v>
+        <v>2011</v>
       </c>
       <c r="H51" t="s">
-        <v>1992</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B52" t="s">
-        <v>1993</v>
+        <v>2013</v>
       </c>
       <c r="C52" t="s">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="D52" t="s">
-        <v>1995</v>
+        <v>2015</v>
       </c>
       <c r="E52" t="s">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1997</v>
+        <v>2017</v>
       </c>
       <c r="H52" t="s">
-        <v>1998</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B53" t="s">
-        <v>1999</v>
+        <v>2019</v>
       </c>
       <c r="C53" t="s">
-        <v>2000</v>
+        <v>2020</v>
       </c>
       <c r="D53" t="s">
-        <v>2001</v>
+        <v>2021</v>
       </c>
       <c r="E53" t="s">
-        <v>2002</v>
+        <v>2022</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>2003</v>
+        <v>2023</v>
       </c>
       <c r="H53" t="s">
-        <v>2004</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="B54" t="s">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="C54" t="s">
-        <v>2006</v>
+        <v>2026</v>
       </c>
       <c r="D54" t="s">
-        <v>2007</v>
+        <v>2027</v>
       </c>
       <c r="E54" t="s">
-        <v>2008</v>
+        <v>2028</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>2009</v>
+        <v>2029</v>
       </c>
       <c r="H54" t="s">
-        <v>2010</v>
+        <v>2030</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B2" t="s">
-        <v>2012</v>
+        <v>2032</v>
       </c>
       <c r="C2" t="s">
-        <v>2013</v>
+        <v>2033</v>
       </c>
       <c r="D2" t="s">
-        <v>2014</v>
+        <v>2034</v>
       </c>
       <c r="E2" t="s">
-        <v>2015</v>
+        <v>2035</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2016</v>
+        <v>2036</v>
       </c>
       <c r="H2" t="s">
-        <v>2017</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B3" t="s">
-        <v>2018</v>
+        <v>2038</v>
       </c>
       <c r="C3" t="s">
-        <v>2019</v>
+        <v>2039</v>
       </c>
       <c r="D3" t="s">
-        <v>2020</v>
+        <v>2040</v>
       </c>
       <c r="E3" t="s">
-        <v>2021</v>
+        <v>2041</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2022</v>
+        <v>2042</v>
       </c>
       <c r="H3" t="s">
-        <v>2023</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B4" t="s">
-        <v>2024</v>
+        <v>2044</v>
       </c>
       <c r="C4" t="s">
-        <v>2025</v>
+        <v>2045</v>
       </c>
       <c r="D4" t="s">
-        <v>2026</v>
+        <v>2046</v>
       </c>
       <c r="E4" t="s">
-        <v>2027</v>
+        <v>2047</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2028</v>
+        <v>2048</v>
       </c>
       <c r="H4" t="s">
-        <v>2029</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B5" t="s">
-        <v>2030</v>
+        <v>2050</v>
       </c>
       <c r="C5" t="s">
-        <v>2031</v>
+        <v>2051</v>
       </c>
       <c r="D5" t="s">
-        <v>2032</v>
+        <v>2052</v>
       </c>
       <c r="E5" t="s">
-        <v>2033</v>
+        <v>2053</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2034</v>
+        <v>2054</v>
       </c>
       <c r="H5" t="s">
-        <v>2035</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B6" t="s">
-        <v>2036</v>
+        <v>2056</v>
       </c>
       <c r="C6" t="s">
-        <v>2037</v>
+        <v>2057</v>
       </c>
       <c r="D6" t="s">
-        <v>2038</v>
+        <v>2058</v>
       </c>
       <c r="E6" t="s">
-        <v>2039</v>
+        <v>2059</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2040</v>
+        <v>2060</v>
       </c>
       <c r="H6" t="s">
-        <v>2041</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B7" t="s">
-        <v>2042</v>
+        <v>2062</v>
       </c>
       <c r="C7" t="s">
-        <v>2043</v>
+        <v>2063</v>
       </c>
       <c r="D7" t="s">
-        <v>2044</v>
+        <v>2064</v>
       </c>
       <c r="E7" t="s">
-        <v>2045</v>
+        <v>2065</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2046</v>
+        <v>2066</v>
       </c>
       <c r="H7" t="s">
-        <v>2047</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B8" t="s">
-        <v>2048</v>
+        <v>2068</v>
       </c>
       <c r="C8" t="s">
-        <v>2049</v>
+        <v>2069</v>
       </c>
       <c r="D8" t="s">
-        <v>2050</v>
+        <v>2070</v>
       </c>
       <c r="E8" t="s">
-        <v>2051</v>
+        <v>2071</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2052</v>
+        <v>2072</v>
       </c>
       <c r="H8" t="s">
-        <v>2053</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B9" t="s">
-        <v>2054</v>
+        <v>2074</v>
       </c>
       <c r="C9" t="s">
-        <v>2055</v>
+        <v>2075</v>
       </c>
       <c r="D9" t="s">
-        <v>2056</v>
+        <v>2076</v>
       </c>
       <c r="E9" t="s">
-        <v>2057</v>
+        <v>2077</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2058</v>
+        <v>2078</v>
       </c>
       <c r="H9" t="s">
-        <v>2059</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B10" t="s">
-        <v>2060</v>
+        <v>2080</v>
       </c>
       <c r="C10" t="s">
-        <v>2061</v>
+        <v>2081</v>
       </c>
       <c r="D10" t="s">
-        <v>2062</v>
+        <v>2082</v>
       </c>
       <c r="E10" t="s">
-        <v>2063</v>
+        <v>2083</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2064</v>
+        <v>2084</v>
       </c>
       <c r="H10" t="s">
-        <v>2065</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B11" t="s">
-        <v>2066</v>
+        <v>2086</v>
       </c>
       <c r="C11" t="s">
-        <v>2067</v>
+        <v>2087</v>
       </c>
       <c r="D11" t="s">
-        <v>2068</v>
+        <v>2088</v>
       </c>
       <c r="E11" t="s">
-        <v>2069</v>
+        <v>2089</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2070</v>
+        <v>2090</v>
       </c>
       <c r="H11" t="s">
-        <v>2071</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B12" t="s">
-        <v>2072</v>
+        <v>2092</v>
       </c>
       <c r="C12" t="s">
-        <v>2073</v>
+        <v>2093</v>
       </c>
       <c r="D12" t="s">
-        <v>2074</v>
+        <v>2094</v>
       </c>
       <c r="E12" t="s">
-        <v>2075</v>
+        <v>2095</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2076</v>
+        <v>2096</v>
       </c>
       <c r="H12" t="s">
-        <v>2077</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B13" t="s">
-        <v>2078</v>
+        <v>2098</v>
       </c>
       <c r="C13" t="s">
-        <v>2079</v>
+        <v>2099</v>
       </c>
       <c r="D13" t="s">
-        <v>2080</v>
+        <v>2100</v>
       </c>
       <c r="E13" t="s">
-        <v>2081</v>
+        <v>2101</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2082</v>
+        <v>2102</v>
       </c>
       <c r="H13" t="s">
-        <v>2083</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B14" t="s">
-        <v>2084</v>
+        <v>2104</v>
       </c>
       <c r="C14" t="s">
-        <v>2085</v>
+        <v>2105</v>
       </c>
       <c r="D14" t="s">
-        <v>2086</v>
+        <v>2106</v>
       </c>
       <c r="E14" t="s">
-        <v>1867</v>
+        <v>2107</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2087</v>
+        <v>2108</v>
       </c>
       <c r="H14" t="s">
-        <v>2088</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B15" t="s">
-        <v>2089</v>
+        <v>2110</v>
       </c>
       <c r="C15" t="s">
-        <v>2090</v>
+        <v>2111</v>
       </c>
       <c r="D15" t="s">
-        <v>2091</v>
+        <v>2112</v>
       </c>
       <c r="E15" t="s">
-        <v>2092</v>
+        <v>1887</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2093</v>
+        <v>2113</v>
       </c>
       <c r="H15" t="s">
-        <v>2094</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B16" t="s">
-        <v>2095</v>
+        <v>2115</v>
       </c>
       <c r="C16" t="s">
-        <v>2096</v>
+        <v>2116</v>
       </c>
       <c r="D16" t="s">
-        <v>2091</v>
+        <v>2117</v>
       </c>
       <c r="E16" t="s">
-        <v>2092</v>
+        <v>2118</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2097</v>
+        <v>2119</v>
       </c>
       <c r="H16" t="s">
-        <v>2098</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B17" t="s">
-        <v>2099</v>
+        <v>2121</v>
       </c>
       <c r="C17" t="s">
-        <v>2100</v>
+        <v>2122</v>
       </c>
       <c r="D17" t="s">
-        <v>2101</v>
+        <v>2117</v>
       </c>
       <c r="E17" t="s">
-        <v>2102</v>
+        <v>2118</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2103</v>
+        <v>2123</v>
       </c>
       <c r="H17" t="s">
-        <v>2104</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B18" t="s">
-        <v>2105</v>
+        <v>2125</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>2126</v>
       </c>
       <c r="D18" t="s">
-        <v>2106</v>
+        <v>2127</v>
       </c>
       <c r="E18" t="s">
-        <v>2107</v>
+        <v>2128</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2108</v>
+        <v>2129</v>
       </c>
       <c r="H18" t="s">
-        <v>2109</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B19" t="s">
-        <v>2110</v>
+        <v>2131</v>
       </c>
       <c r="C19" t="s">
-        <v>2111</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>2112</v>
+        <v>2132</v>
       </c>
       <c r="E19" t="s">
-        <v>2113</v>
+        <v>2133</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2114</v>
+        <v>2134</v>
       </c>
       <c r="H19" t="s">
-        <v>2115</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B20" t="s">
-        <v>2116</v>
+        <v>2136</v>
       </c>
       <c r="C20" t="s">
-        <v>2117</v>
+        <v>2137</v>
       </c>
       <c r="D20" t="s">
-        <v>2118</v>
+        <v>2138</v>
       </c>
       <c r="E20" t="s">
-        <v>2119</v>
+        <v>2139</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2120</v>
+        <v>2140</v>
       </c>
       <c r="H20" t="s">
-        <v>2121</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
       <c r="B21" t="s">
-        <v>2122</v>
+        <v>2142</v>
       </c>
       <c r="C21" t="s">
-        <v>2123</v>
+        <v>2143</v>
       </c>
       <c r="D21" t="s">
-        <v>2124</v>
+        <v>2144</v>
       </c>
       <c r="E21" t="s">
-        <v>2125</v>
+        <v>2145</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2126</v>
+        <v>2146</v>
       </c>
       <c r="H21" t="s">
-        <v>2127</v>
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2150</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2151</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2152</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2153</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B2" t="s">
-        <v>2129</v>
+        <v>2155</v>
       </c>
       <c r="C2" t="s">
-        <v>2130</v>
+        <v>2156</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2131</v>
+        <v>2157</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2132</v>
+        <v>2158</v>
       </c>
       <c r="H2" t="s">
-        <v>2133</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B3" t="s">
-        <v>2134</v>
+        <v>2160</v>
       </c>
       <c r="C3" t="s">
-        <v>2135</v>
+        <v>2161</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2136</v>
+        <v>2162</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2137</v>
+        <v>2163</v>
       </c>
       <c r="H3" t="s">
-        <v>2138</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B4" t="s">
-        <v>2139</v>
+        <v>2165</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2140</v>
+        <v>2166</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2141</v>
+        <v>2167</v>
       </c>
       <c r="H4" t="s">
-        <v>2142</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B5" t="s">
-        <v>2143</v>
+        <v>2169</v>
       </c>
       <c r="C5" t="s">
-        <v>2144</v>
+        <v>2170</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>2145</v>
+        <v>2171</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2146</v>
+        <v>2172</v>
       </c>
       <c r="H5" t="s">
-        <v>2147</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B6" t="s">
-        <v>2148</v>
+        <v>2174</v>
       </c>
       <c r="C6" t="s">
-        <v>2149</v>
+        <v>2175</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>2150</v>
+        <v>2176</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2151</v>
+        <v>2177</v>
       </c>
       <c r="H6" t="s">
-        <v>2152</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B7" t="s">
-        <v>2153</v>
+        <v>2179</v>
       </c>
       <c r="C7" t="s">
-        <v>2154</v>
+        <v>2180</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>2155</v>
+        <v>2181</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2156</v>
+        <v>2182</v>
       </c>
       <c r="H7" t="s">
-        <v>2157</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B8" t="s">
-        <v>2158</v>
+        <v>2184</v>
       </c>
       <c r="C8" t="s">
-        <v>2159</v>
+        <v>2185</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>2160</v>
+        <v>2186</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2161</v>
+        <v>2187</v>
       </c>
       <c r="H8" t="s">
-        <v>2162</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B9" t="s">
-        <v>2163</v>
+        <v>2189</v>
       </c>
       <c r="C9" t="s">
-        <v>2164</v>
+        <v>2190</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>2165</v>
+        <v>2191</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2166</v>
+        <v>2192</v>
       </c>
       <c r="H9" t="s">
-        <v>2167</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B10" t="s">
-        <v>2168</v>
+        <v>2194</v>
       </c>
       <c r="C10" t="s">
-        <v>2169</v>
+        <v>2195</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>2170</v>
+        <v>2196</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2171</v>
+        <v>2197</v>
       </c>
       <c r="H10" t="s">
-        <v>2172</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B11" t="s">
-        <v>2173</v>
+        <v>2199</v>
       </c>
       <c r="C11" t="s">
-        <v>2174</v>
+        <v>2200</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>2175</v>
+        <v>2201</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2176</v>
+        <v>2202</v>
       </c>
       <c r="H11" t="s">
-        <v>2177</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B12" t="s">
-        <v>2178</v>
+        <v>2204</v>
       </c>
       <c r="C12" t="s">
-        <v>2179</v>
+        <v>2205</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>2180</v>
+        <v>2206</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2181</v>
+        <v>2207</v>
       </c>
       <c r="H12" t="s">
-        <v>2182</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B13" t="s">
-        <v>2183</v>
+        <v>2209</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2184</v>
+        <v>2210</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2185</v>
+        <v>2211</v>
       </c>
       <c r="H13" t="s">
-        <v>2186</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B14" t="s">
-        <v>2187</v>
+        <v>2213</v>
       </c>
       <c r="C14" t="s">
-        <v>2188</v>
+        <v>2214</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>2189</v>
+        <v>2215</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2190</v>
+        <v>2216</v>
       </c>
       <c r="H14" t="s">
-        <v>2191</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B15" t="s">
-        <v>2192</v>
+        <v>2218</v>
       </c>
       <c r="C15" t="s">
-        <v>2193</v>
+        <v>2219</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>2194</v>
+        <v>2220</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2195</v>
+        <v>2221</v>
       </c>
       <c r="H15" t="s">
-        <v>2196</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B16" t="s">
-        <v>2197</v>
+        <v>2223</v>
       </c>
       <c r="C16" t="s">
-        <v>2198</v>
+        <v>2224</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>2199</v>
+        <v>2225</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2200</v>
+        <v>2226</v>
       </c>
       <c r="H16" t="s">
-        <v>2201</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B17" t="s">
-        <v>2202</v>
+        <v>2228</v>
       </c>
       <c r="C17" t="s">
-        <v>2203</v>
+        <v>2229</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>2204</v>
+        <v>2230</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2205</v>
+        <v>2231</v>
       </c>
       <c r="H17" t="s">
-        <v>2206</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B18" t="s">
-        <v>2207</v>
+        <v>2233</v>
       </c>
       <c r="C18" t="s">
-        <v>2208</v>
+        <v>2234</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>2209</v>
+        <v>2235</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2210</v>
+        <v>2236</v>
       </c>
       <c r="H18" t="s">
-        <v>2211</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2128</v>
+        <v>2154</v>
       </c>
       <c r="B19" t="s">
-        <v>2212</v>
+        <v>2238</v>
       </c>
       <c r="C19" t="s">
-        <v>2213</v>
+        <v>2239</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>2214</v>
+        <v>2240</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2215</v>
+        <v>2241</v>
       </c>
       <c r="H19" t="s">
-        <v>2216</v>
+        <v>2242</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -11648,51 +11752,51 @@
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>402</v>
       </c>
       <c r="H62" t="s">
         <v>403</v>
       </c>
       <c r="I62" t="s">
         <v>13</v>
       </c>
       <c r="J62" t="s">
         <v>329</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H53"/>
+  <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -11925,366 +12029,366 @@
       </c>
       <c r="E10" t="s">
         <v>447</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>448</v>
       </c>
       <c r="H10" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>404</v>
       </c>
       <c r="B11" t="s">
         <v>450</v>
       </c>
       <c r="C11" t="s">
         <v>451</v>
       </c>
       <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
         <v>452</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>453</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>404</v>
       </c>
       <c r="B12" t="s">
+        <v>455</v>
+      </c>
+      <c r="C12" t="s">
         <v>456</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>457</v>
-      </c>
-[...4 lines deleted...]
-        <v>453</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>458</v>
       </c>
       <c r="H12" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>404</v>
       </c>
       <c r="B13" t="s">
         <v>460</v>
       </c>
       <c r="C13" t="s">
         <v>461</v>
       </c>
       <c r="D13" t="s">
         <v>462</v>
       </c>
       <c r="E13" t="s">
         <v>463</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>464</v>
       </c>
       <c r="H13" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>404</v>
       </c>
       <c r="B14" t="s">
         <v>466</v>
       </c>
       <c r="C14" t="s">
         <v>467</v>
       </c>
       <c r="D14" t="s">
+        <v>462</v>
+      </c>
+      <c r="E14" t="s">
+        <v>463</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>468</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>469</v>
-      </c>
-[...7 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>404</v>
       </c>
       <c r="B15" t="s">
+        <v>470</v>
+      </c>
+      <c r="C15" t="s">
+        <v>471</v>
+      </c>
+      <c r="D15" t="s">
         <v>472</v>
       </c>
-      <c r="C15" t="s">
+      <c r="E15" t="s">
         <v>473</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>474</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>404</v>
       </c>
       <c r="B16" t="s">
+        <v>476</v>
+      </c>
+      <c r="C16" t="s">
         <v>477</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>479</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>480</v>
       </c>
       <c r="H16" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>404</v>
       </c>
       <c r="B17" t="s">
         <v>482</v>
       </c>
       <c r="C17" t="s">
         <v>483</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H17" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>404</v>
       </c>
       <c r="B18" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C18" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="H18" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>404</v>
       </c>
       <c r="B19" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C19" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="H19" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>404</v>
       </c>
       <c r="B20" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="C20" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H20" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>404</v>
       </c>
       <c r="B21" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C21" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="H21" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>404</v>
       </c>
       <c r="B22" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C22" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>504</v>
+        <v>489</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H22" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>404</v>
       </c>
       <c r="B23" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C23" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>509</v>
+        <v>489</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>510</v>
       </c>
       <c r="H23" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>404</v>
       </c>
       <c r="B24" t="s">
         <v>512</v>
       </c>
       <c r="C24" t="s">
         <v>513</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
@@ -12370,207 +12474,207 @@
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>530</v>
       </c>
       <c r="H27" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>404</v>
       </c>
       <c r="B28" t="s">
         <v>532</v>
       </c>
       <c r="C28" t="s">
         <v>533</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H28" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>404</v>
       </c>
       <c r="B29" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C29" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H29" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>404</v>
       </c>
       <c r="B30" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C30" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="H30" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>404</v>
       </c>
       <c r="B31" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C31" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="H31" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>404</v>
       </c>
       <c r="B32" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C32" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="H32" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>404</v>
       </c>
       <c r="B33" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C33" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H33" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>404</v>
       </c>
       <c r="B34" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C34" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>560</v>
+        <v>548</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>561</v>
       </c>
       <c r="H34" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>404</v>
       </c>
       <c r="B35" t="s">
         <v>563</v>
       </c>
       <c r="C35" t="s">
         <v>564</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
@@ -12604,256 +12708,256 @@
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>571</v>
       </c>
       <c r="H36" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>404</v>
       </c>
       <c r="B37" t="s">
         <v>573</v>
       </c>
       <c r="C37" t="s">
         <v>574</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H37" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>404</v>
       </c>
       <c r="B38" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C38" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H38" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>404</v>
       </c>
       <c r="B39" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C39" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H39" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>404</v>
       </c>
       <c r="B40" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C40" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="H40" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>404</v>
       </c>
       <c r="B41" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C41" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="H41" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>404</v>
       </c>
       <c r="B42" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C42" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H42" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>404</v>
       </c>
       <c r="B43" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C43" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D43" t="s">
-        <v>602</v>
+        <v>13</v>
       </c>
       <c r="E43" t="s">
+        <v>598</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
         <v>603</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>404</v>
       </c>
       <c r="B44" t="s">
+        <v>605</v>
+      </c>
+      <c r="C44" t="s">
         <v>606</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
         <v>607</v>
       </c>
-      <c r="D44" t="s">
-[...2 lines deleted...]
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
         <v>608</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>404</v>
       </c>
       <c r="B45" t="s">
+        <v>610</v>
+      </c>
+      <c r="C45" t="s">
         <v>611</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>613</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>614</v>
       </c>
       <c r="H45" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>404</v>
       </c>
       <c r="B46" t="s">
         <v>616</v>
       </c>
       <c r="C46" t="s">
         <v>617</v>
       </c>
       <c r="D46" t="s">
@@ -13030,5310 +13134,5414 @@
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>404</v>
       </c>
       <c r="B53" t="s">
         <v>651</v>
       </c>
       <c r="C53" t="s">
         <v>652</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
         <v>653</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>654</v>
       </c>
       <c r="H53" t="s">
         <v>655</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>404</v>
+      </c>
+      <c r="B54" t="s">
+        <v>656</v>
+      </c>
+      <c r="C54" t="s">
+        <v>657</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>658</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>659</v>
+      </c>
+      <c r="H54" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>404</v>
+      </c>
+      <c r="B55" t="s">
+        <v>661</v>
+      </c>
+      <c r="C55" t="s">
+        <v>662</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>663</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>664</v>
+      </c>
+      <c r="H55" t="s">
+        <v>665</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B2" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
       <c r="H2" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="I2" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B3" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="H3" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
       <c r="I3" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B4" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="H4" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
       <c r="I4" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B5" t="s">
+        <v>682</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>683</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>684</v>
+      </c>
+      <c r="H5" t="s">
+        <v>685</v>
+      </c>
+      <c r="I5" t="s">
         <v>672</v>
-      </c>
-[...19 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B6" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="H6" t="s">
-        <v>679</v>
+        <v>689</v>
       </c>
       <c r="I6" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B7" t="s">
-        <v>680</v>
+        <v>690</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>681</v>
+        <v>691</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="H7" t="s">
-        <v>683</v>
+        <v>693</v>
       </c>
       <c r="I7" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B8" t="s">
-        <v>684</v>
+        <v>694</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>685</v>
+        <v>695</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>686</v>
+        <v>696</v>
       </c>
       <c r="H8" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
       <c r="I8" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B9" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="H9" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="I9" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B10" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="H10" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="I10" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B11" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="H11" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="I11" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B12" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="H12" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="I12" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B13" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="H13" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="I13" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B14" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="H14" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="I14" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B15" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>713</v>
+        <v>723</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="H15" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="I15" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B16" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>718</v>
+        <v>728</v>
       </c>
       <c r="H16" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
       <c r="I16" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B17" t="s">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>721</v>
+        <v>731</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="H17" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="I17" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B18" t="s">
-        <v>724</v>
+        <v>734</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
       <c r="H18" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="I18" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B19" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="H19" t="s">
-        <v>731</v>
+        <v>741</v>
       </c>
       <c r="I19" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B20" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="H20" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="I20" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B21" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
       <c r="H21" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
       <c r="I21" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B22" t="s">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>741</v>
+        <v>751</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>742</v>
+        <v>752</v>
       </c>
       <c r="H22" t="s">
-        <v>743</v>
+        <v>753</v>
       </c>
       <c r="I22" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B23" t="s">
-        <v>744</v>
+        <v>754</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>745</v>
+        <v>755</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="H23" t="s">
-        <v>747</v>
+        <v>757</v>
       </c>
       <c r="I23" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B24" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="H24" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
       <c r="I24" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B25" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="H25" t="s">
-        <v>754</v>
+        <v>764</v>
       </c>
       <c r="I25" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B26" t="s">
-        <v>755</v>
+        <v>765</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
       <c r="H26" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="I26" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B27" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="H27" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="I27" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B28" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
       <c r="H28" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="I28" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B29" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>769</v>
+        <v>779</v>
       </c>
       <c r="H29" t="s">
-        <v>770</v>
+        <v>780</v>
       </c>
       <c r="I29" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B30" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="H30" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="I30" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B31" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="H31" t="s">
-        <v>778</v>
+        <v>788</v>
       </c>
       <c r="I31" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B32" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="H32" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="I32" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B33" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="H33" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="I33" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B34" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="H34" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="I34" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B35" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>792</v>
+        <v>802</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="H35" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="I35" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B36" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>797</v>
+        <v>807</v>
       </c>
       <c r="H36" t="s">
-        <v>798</v>
+        <v>808</v>
       </c>
       <c r="I36" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B37" t="s">
-        <v>799</v>
+        <v>809</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="H37" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="I37" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B2" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="C2" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
       <c r="D2" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
       <c r="E2" t="s">
-        <v>807</v>
+        <v>817</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="H2" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B3" t="s">
-        <v>810</v>
+        <v>820</v>
       </c>
       <c r="C3" t="s">
-        <v>811</v>
+        <v>821</v>
       </c>
       <c r="D3" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="E3" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="H3" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B4" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="C4" t="s">
-        <v>817</v>
+        <v>827</v>
       </c>
       <c r="D4" t="s">
-        <v>818</v>
+        <v>828</v>
       </c>
       <c r="E4" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="H4" t="s">
-        <v>821</v>
+        <v>831</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B5" t="s">
-        <v>822</v>
+        <v>832</v>
       </c>
       <c r="C5" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="D5" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="E5" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="H5" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B6" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="C6" t="s">
-        <v>829</v>
+        <v>839</v>
       </c>
       <c r="D6" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="E6" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>832</v>
+        <v>842</v>
       </c>
       <c r="H6" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B7" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
       <c r="C7" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="D7" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="E7" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
       <c r="H7" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B8" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="C8" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
       <c r="D8" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
       <c r="E8" t="s">
-        <v>843</v>
+        <v>853</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>844</v>
+        <v>854</v>
       </c>
       <c r="H8" t="s">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B9" t="s">
-        <v>846</v>
+        <v>856</v>
       </c>
       <c r="C9" t="s">
-        <v>847</v>
+        <v>857</v>
       </c>
       <c r="D9" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="E9" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="H9" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B10" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="C10" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="D10" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="E10" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="H10" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B11" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="E11" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="H11" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B12" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="C12" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="D12" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="E12" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="H12" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B13" t="s">
-        <v>869</v>
+        <v>879</v>
       </c>
       <c r="C13" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
       <c r="D13" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="E13" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="H13" t="s">
-        <v>874</v>
+        <v>884</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B14" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="C14" t="s">
-        <v>876</v>
+        <v>886</v>
       </c>
       <c r="D14" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="E14" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="H14" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>891</v>
+      </c>
+      <c r="B2" t="s">
+        <v>892</v>
+      </c>
+      <c r="C2" t="s">
+        <v>893</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>894</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>895</v>
+      </c>
+      <c r="H2" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>891</v>
+      </c>
+      <c r="B3" t="s">
+        <v>897</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>898</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>899</v>
+      </c>
+      <c r="H3" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>891</v>
+      </c>
+      <c r="B4" t="s">
+        <v>901</v>
+      </c>
+      <c r="C4" t="s">
+        <v>902</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>903</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>904</v>
+      </c>
+      <c r="H4" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>891</v>
+      </c>
+      <c r="B5" t="s">
+        <v>906</v>
+      </c>
+      <c r="C5" t="s">
+        <v>907</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>908</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>909</v>
+      </c>
+      <c r="H5" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>891</v>
+      </c>
+      <c r="B6" t="s">
+        <v>911</v>
+      </c>
+      <c r="C6" t="s">
+        <v>912</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>913</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>914</v>
+      </c>
+      <c r="H6" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>891</v>
+      </c>
+      <c r="B7" t="s">
+        <v>916</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>917</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>918</v>
+      </c>
+      <c r="H7" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>891</v>
+      </c>
+      <c r="B8" t="s">
+        <v>920</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>921</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>922</v>
+      </c>
+      <c r="H8" t="s">
+        <v>923</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B2" t="s">
-        <v>882</v>
+        <v>925</v>
       </c>
       <c r="C2" t="s">
-        <v>883</v>
+        <v>926</v>
       </c>
       <c r="D2" t="s">
-        <v>884</v>
+        <v>927</v>
       </c>
       <c r="E2" t="s">
-        <v>885</v>
+        <v>928</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>886</v>
+        <v>929</v>
       </c>
       <c r="H2" t="s">
-        <v>887</v>
+        <v>930</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B3" t="s">
-        <v>888</v>
+        <v>931</v>
       </c>
       <c r="C3" t="s">
-        <v>889</v>
+        <v>932</v>
       </c>
       <c r="D3" t="s">
-        <v>890</v>
+        <v>933</v>
       </c>
       <c r="E3" t="s">
-        <v>891</v>
+        <v>934</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>892</v>
+        <v>935</v>
       </c>
       <c r="H3" t="s">
-        <v>893</v>
+        <v>936</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B4" t="s">
-        <v>894</v>
+        <v>937</v>
       </c>
       <c r="C4" t="s">
-        <v>895</v>
+        <v>938</v>
       </c>
       <c r="D4" t="s">
-        <v>896</v>
+        <v>939</v>
       </c>
       <c r="E4" t="s">
-        <v>897</v>
+        <v>940</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>898</v>
+        <v>941</v>
       </c>
       <c r="H4" t="s">
-        <v>899</v>
+        <v>942</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B5" t="s">
-        <v>900</v>
+        <v>943</v>
       </c>
       <c r="C5" t="s">
-        <v>901</v>
+        <v>944</v>
       </c>
       <c r="D5" t="s">
-        <v>902</v>
+        <v>945</v>
       </c>
       <c r="E5" t="s">
-        <v>903</v>
+        <v>946</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>904</v>
+        <v>947</v>
       </c>
       <c r="H5" t="s">
-        <v>905</v>
+        <v>948</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B6" t="s">
-        <v>906</v>
+        <v>949</v>
       </c>
       <c r="C6" t="s">
-        <v>907</v>
+        <v>950</v>
       </c>
       <c r="D6" t="s">
-        <v>908</v>
+        <v>951</v>
       </c>
       <c r="E6" t="s">
-        <v>909</v>
+        <v>952</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>910</v>
+        <v>953</v>
       </c>
       <c r="H6" t="s">
-        <v>911</v>
+        <v>954</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B7" t="s">
-        <v>912</v>
+        <v>955</v>
       </c>
       <c r="C7" t="s">
-        <v>913</v>
+        <v>956</v>
       </c>
       <c r="D7" t="s">
-        <v>914</v>
+        <v>957</v>
       </c>
       <c r="E7" t="s">
-        <v>915</v>
+        <v>958</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>916</v>
+        <v>959</v>
       </c>
       <c r="H7" t="s">
-        <v>917</v>
+        <v>960</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B8" t="s">
-        <v>918</v>
+        <v>961</v>
       </c>
       <c r="C8" t="s">
-        <v>919</v>
+        <v>962</v>
       </c>
       <c r="D8" t="s">
-        <v>920</v>
+        <v>963</v>
       </c>
       <c r="E8" t="s">
-        <v>921</v>
+        <v>964</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>922</v>
+        <v>965</v>
       </c>
       <c r="H8" t="s">
-        <v>923</v>
+        <v>966</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B9" t="s">
-        <v>924</v>
+        <v>967</v>
       </c>
       <c r="C9" t="s">
-        <v>925</v>
+        <v>968</v>
       </c>
       <c r="D9" t="s">
-        <v>920</v>
+        <v>963</v>
       </c>
       <c r="E9" t="s">
-        <v>926</v>
+        <v>969</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>927</v>
+        <v>970</v>
       </c>
       <c r="H9" t="s">
-        <v>928</v>
+        <v>971</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B10" t="s">
-        <v>929</v>
+        <v>972</v>
       </c>
       <c r="C10" t="s">
-        <v>930</v>
+        <v>973</v>
       </c>
       <c r="D10" t="s">
-        <v>931</v>
+        <v>974</v>
       </c>
       <c r="E10" t="s">
-        <v>932</v>
+        <v>975</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>933</v>
+        <v>976</v>
       </c>
       <c r="H10" t="s">
-        <v>934</v>
+        <v>977</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B11" t="s">
-        <v>935</v>
+        <v>978</v>
       </c>
       <c r="C11" t="s">
-        <v>936</v>
+        <v>979</v>
       </c>
       <c r="D11" t="s">
-        <v>931</v>
+        <v>974</v>
       </c>
       <c r="E11" t="s">
-        <v>937</v>
+        <v>980</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>938</v>
+        <v>981</v>
       </c>
       <c r="H11" t="s">
-        <v>939</v>
+        <v>982</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B12" t="s">
-        <v>940</v>
+        <v>983</v>
       </c>
       <c r="C12" t="s">
-        <v>941</v>
+        <v>984</v>
       </c>
       <c r="D12" t="s">
-        <v>942</v>
+        <v>985</v>
       </c>
       <c r="E12" t="s">
-        <v>943</v>
+        <v>986</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>944</v>
+        <v>987</v>
       </c>
       <c r="H12" t="s">
-        <v>945</v>
+        <v>988</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B13" t="s">
-        <v>946</v>
+        <v>989</v>
       </c>
       <c r="C13" t="s">
-        <v>947</v>
+        <v>990</v>
       </c>
       <c r="D13" t="s">
-        <v>948</v>
+        <v>991</v>
       </c>
       <c r="E13" t="s">
-        <v>949</v>
+        <v>992</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>950</v>
+        <v>993</v>
       </c>
       <c r="H13" t="s">
-        <v>951</v>
+        <v>994</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B14" t="s">
-        <v>952</v>
+        <v>995</v>
       </c>
       <c r="C14" t="s">
-        <v>953</v>
+        <v>996</v>
       </c>
       <c r="D14" t="s">
-        <v>954</v>
+        <v>997</v>
       </c>
       <c r="E14" t="s">
-        <v>955</v>
+        <v>998</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>956</v>
+        <v>999</v>
       </c>
       <c r="H14" t="s">
-        <v>957</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B15" t="s">
-        <v>958</v>
+        <v>1001</v>
       </c>
       <c r="C15" t="s">
-        <v>959</v>
+        <v>1002</v>
       </c>
       <c r="D15" t="s">
-        <v>960</v>
+        <v>1003</v>
       </c>
       <c r="E15" t="s">
-        <v>961</v>
+        <v>1004</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>962</v>
+        <v>1005</v>
       </c>
       <c r="H15" t="s">
-        <v>963</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B16" t="s">
-        <v>964</v>
+        <v>1007</v>
       </c>
       <c r="C16" t="s">
-        <v>965</v>
+        <v>1008</v>
       </c>
       <c r="D16" t="s">
-        <v>966</v>
+        <v>1009</v>
       </c>
       <c r="E16" t="s">
-        <v>967</v>
+        <v>1010</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>968</v>
+        <v>1011</v>
       </c>
       <c r="H16" t="s">
-        <v>969</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B17" t="s">
-        <v>970</v>
+        <v>1013</v>
       </c>
       <c r="C17" t="s">
-        <v>971</v>
+        <v>1014</v>
       </c>
       <c r="D17" t="s">
-        <v>972</v>
+        <v>1015</v>
       </c>
       <c r="E17" t="s">
-        <v>973</v>
+        <v>1016</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>974</v>
+        <v>1017</v>
       </c>
       <c r="H17" t="s">
-        <v>975</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B18" t="s">
-        <v>976</v>
+        <v>1019</v>
       </c>
       <c r="C18" t="s">
-        <v>977</v>
+        <v>1020</v>
       </c>
       <c r="D18" t="s">
-        <v>978</v>
+        <v>1021</v>
       </c>
       <c r="E18" t="s">
-        <v>979</v>
+        <v>1022</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>980</v>
+        <v>1023</v>
       </c>
       <c r="H18" t="s">
-        <v>981</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B19" t="s">
-        <v>982</v>
+        <v>1025</v>
       </c>
       <c r="C19" t="s">
-        <v>983</v>
+        <v>1026</v>
       </c>
       <c r="D19" t="s">
-        <v>984</v>
+        <v>1027</v>
       </c>
       <c r="E19" t="s">
-        <v>985</v>
+        <v>1028</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>986</v>
+        <v>1029</v>
       </c>
       <c r="H19" t="s">
-        <v>987</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B20" t="s">
-        <v>988</v>
+        <v>1031</v>
       </c>
       <c r="C20" t="s">
-        <v>989</v>
+        <v>1032</v>
       </c>
       <c r="D20" t="s">
-        <v>990</v>
+        <v>1033</v>
       </c>
       <c r="E20" t="s">
-        <v>991</v>
+        <v>1034</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>992</v>
+        <v>1035</v>
       </c>
       <c r="H20" t="s">
-        <v>993</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B21" t="s">
-        <v>994</v>
+        <v>1037</v>
       </c>
       <c r="C21" t="s">
-        <v>995</v>
+        <v>1038</v>
       </c>
       <c r="D21" t="s">
-        <v>996</v>
+        <v>1039</v>
       </c>
       <c r="E21" t="s">
-        <v>997</v>
+        <v>1040</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>998</v>
+        <v>1041</v>
       </c>
       <c r="H21" t="s">
-        <v>999</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B22" t="s">
-        <v>1000</v>
+        <v>1043</v>
       </c>
       <c r="C22" t="s">
-        <v>1001</v>
+        <v>1044</v>
       </c>
       <c r="D22" t="s">
-        <v>1002</v>
+        <v>1045</v>
       </c>
       <c r="E22" t="s">
-        <v>1003</v>
+        <v>1046</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1004</v>
+        <v>1047</v>
       </c>
       <c r="H22" t="s">
-        <v>1005</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B23" t="s">
-        <v>1006</v>
+        <v>1049</v>
       </c>
       <c r="C23" t="s">
-        <v>1007</v>
+        <v>1050</v>
       </c>
       <c r="D23" t="s">
-        <v>1008</v>
+        <v>1051</v>
       </c>
       <c r="E23" t="s">
-        <v>1009</v>
+        <v>1052</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1010</v>
+        <v>1053</v>
       </c>
       <c r="H23" t="s">
-        <v>1011</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>881</v>
+        <v>924</v>
       </c>
       <c r="B24" t="s">
-        <v>1012</v>
+        <v>1055</v>
       </c>
       <c r="C24" t="s">
-        <v>1013</v>
+        <v>1056</v>
       </c>
       <c r="D24" t="s">
-        <v>1014</v>
+        <v>1057</v>
       </c>
       <c r="E24" t="s">
-        <v>1015</v>
+        <v>1058</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1016</v>
+        <v>1059</v>
       </c>
       <c r="H24" t="s">
-        <v>1017</v>
-[...195 lines deleted...]
-        <v>1045</v>
+        <v>1060</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B2" t="s">
-        <v>1047</v>
+        <v>1062</v>
       </c>
       <c r="C2" t="s">
-        <v>1048</v>
+        <v>1063</v>
       </c>
       <c r="D2" t="s">
-        <v>1049</v>
+        <v>1064</v>
       </c>
       <c r="E2" t="s">
-        <v>1050</v>
+        <v>1065</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1051</v>
+        <v>1066</v>
       </c>
       <c r="H2" t="s">
-        <v>1052</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B3" t="s">
-        <v>1053</v>
+        <v>1068</v>
       </c>
       <c r="C3" t="s">
-        <v>1054</v>
+        <v>1069</v>
       </c>
       <c r="D3" t="s">
-        <v>1055</v>
+        <v>1070</v>
       </c>
       <c r="E3" t="s">
-        <v>1056</v>
+        <v>1071</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1057</v>
+        <v>1072</v>
       </c>
       <c r="H3" t="s">
-        <v>1058</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B4" t="s">
-        <v>1059</v>
+        <v>1074</v>
       </c>
       <c r="C4" t="s">
-        <v>1060</v>
+        <v>1075</v>
       </c>
       <c r="D4" t="s">
-        <v>1061</v>
+        <v>1076</v>
       </c>
       <c r="E4" t="s">
-        <v>1062</v>
+        <v>1077</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1063</v>
+        <v>1078</v>
       </c>
       <c r="H4" t="s">
-        <v>1064</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B5" t="s">
-        <v>1065</v>
+        <v>1080</v>
       </c>
       <c r="C5" t="s">
-        <v>1066</v>
+        <v>1081</v>
       </c>
       <c r="D5" t="s">
-        <v>1067</v>
+        <v>1082</v>
       </c>
       <c r="E5" t="s">
-        <v>1068</v>
+        <v>1083</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1069</v>
+        <v>1084</v>
       </c>
       <c r="H5" t="s">
-        <v>1070</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B6" t="s">
-        <v>1071</v>
+        <v>1086</v>
       </c>
       <c r="C6" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="D6" t="s">
-        <v>1073</v>
+        <v>1088</v>
       </c>
       <c r="E6" t="s">
-        <v>1074</v>
+        <v>1089</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1075</v>
+        <v>1090</v>
       </c>
       <c r="H6" t="s">
-        <v>1076</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B7" t="s">
-        <v>1077</v>
+        <v>1092</v>
       </c>
       <c r="C7" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="D7" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="E7" t="s">
-        <v>1080</v>
+        <v>1095</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1081</v>
+        <v>1096</v>
       </c>
       <c r="H7" t="s">
-        <v>1082</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B8" t="s">
-        <v>1083</v>
+        <v>1098</v>
       </c>
       <c r="C8" t="s">
-        <v>1084</v>
+        <v>1099</v>
       </c>
       <c r="D8" t="s">
-        <v>1085</v>
+        <v>1100</v>
       </c>
       <c r="E8" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1087</v>
+        <v>1102</v>
       </c>
       <c r="H8" t="s">
-        <v>1088</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B9" t="s">
-        <v>1089</v>
+        <v>1104</v>
       </c>
       <c r="C9" t="s">
-        <v>1090</v>
+        <v>1105</v>
       </c>
       <c r="D9" t="s">
-        <v>1091</v>
+        <v>1106</v>
       </c>
       <c r="E9" t="s">
-        <v>1092</v>
+        <v>1107</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1093</v>
+        <v>1108</v>
       </c>
       <c r="H9" t="s">
-        <v>1094</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B10" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="C10" t="s">
-        <v>1096</v>
+        <v>1111</v>
       </c>
       <c r="D10" t="s">
-        <v>1097</v>
+        <v>1112</v>
       </c>
       <c r="E10" t="s">
-        <v>1098</v>
+        <v>1113</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1099</v>
+        <v>1114</v>
       </c>
       <c r="H10" t="s">
-        <v>1100</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B11" t="s">
-        <v>1101</v>
+        <v>1116</v>
       </c>
       <c r="C11" t="s">
-        <v>1102</v>
+        <v>1117</v>
       </c>
       <c r="D11" t="s">
-        <v>1103</v>
+        <v>1118</v>
       </c>
       <c r="E11" t="s">
-        <v>1104</v>
+        <v>1119</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1105</v>
+        <v>1120</v>
       </c>
       <c r="H11" t="s">
-        <v>1106</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B12" t="s">
-        <v>1107</v>
+        <v>1122</v>
       </c>
       <c r="C12" t="s">
-        <v>1108</v>
+        <v>1123</v>
       </c>
       <c r="D12" t="s">
-        <v>1109</v>
+        <v>1124</v>
       </c>
       <c r="E12" t="s">
-        <v>1110</v>
+        <v>1125</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1111</v>
+        <v>1126</v>
       </c>
       <c r="H12" t="s">
-        <v>1112</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B13" t="s">
-        <v>1113</v>
+        <v>1128</v>
       </c>
       <c r="C13" t="s">
-        <v>1114</v>
+        <v>1129</v>
       </c>
       <c r="D13" t="s">
-        <v>1115</v>
+        <v>1130</v>
       </c>
       <c r="E13" t="s">
-        <v>1116</v>
+        <v>1131</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1117</v>
+        <v>1132</v>
       </c>
       <c r="H13" t="s">
-        <v>1118</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B14" t="s">
-        <v>1119</v>
+        <v>1134</v>
       </c>
       <c r="C14" t="s">
-        <v>1120</v>
+        <v>1135</v>
       </c>
       <c r="D14" t="s">
-        <v>1121</v>
+        <v>1136</v>
       </c>
       <c r="E14" t="s">
-        <v>1122</v>
+        <v>1137</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1123</v>
+        <v>1138</v>
       </c>
       <c r="H14" t="s">
-        <v>1124</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B15" t="s">
-        <v>1125</v>
+        <v>1140</v>
       </c>
       <c r="C15" t="s">
-        <v>1126</v>
+        <v>1141</v>
       </c>
       <c r="D15" t="s">
-        <v>1127</v>
+        <v>1142</v>
       </c>
       <c r="E15" t="s">
-        <v>1128</v>
+        <v>1143</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1129</v>
+        <v>1144</v>
       </c>
       <c r="H15" t="s">
-        <v>1130</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B16" t="s">
-        <v>1131</v>
+        <v>1146</v>
       </c>
       <c r="C16" t="s">
-        <v>1132</v>
+        <v>1147</v>
       </c>
       <c r="D16" t="s">
-        <v>1133</v>
+        <v>1148</v>
       </c>
       <c r="E16" t="s">
-        <v>1134</v>
+        <v>1149</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1135</v>
+        <v>1150</v>
       </c>
       <c r="H16" t="s">
-        <v>1136</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B17" t="s">
-        <v>1137</v>
+        <v>1152</v>
       </c>
       <c r="C17" t="s">
-        <v>1138</v>
+        <v>1153</v>
       </c>
       <c r="D17" t="s">
-        <v>1139</v>
+        <v>1154</v>
       </c>
       <c r="E17" t="s">
-        <v>1140</v>
+        <v>1155</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1141</v>
+        <v>1156</v>
       </c>
       <c r="H17" t="s">
-        <v>1142</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B18" t="s">
-        <v>1143</v>
+        <v>1158</v>
       </c>
       <c r="C18" t="s">
-        <v>1144</v>
+        <v>1159</v>
       </c>
       <c r="D18" t="s">
-        <v>1145</v>
+        <v>1160</v>
       </c>
       <c r="E18" t="s">
-        <v>1146</v>
+        <v>1161</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1147</v>
+        <v>1162</v>
       </c>
       <c r="H18" t="s">
-        <v>1148</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B19" t="s">
-        <v>1149</v>
+        <v>1164</v>
       </c>
       <c r="C19" t="s">
-        <v>1150</v>
+        <v>1165</v>
       </c>
       <c r="D19" t="s">
-        <v>1151</v>
+        <v>1166</v>
       </c>
       <c r="E19" t="s">
-        <v>1152</v>
+        <v>1167</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1153</v>
+        <v>1168</v>
       </c>
       <c r="H19" t="s">
-        <v>1154</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B20" t="s">
-        <v>1155</v>
+        <v>1170</v>
       </c>
       <c r="C20" t="s">
-        <v>1156</v>
+        <v>1171</v>
       </c>
       <c r="D20" t="s">
-        <v>1157</v>
+        <v>1172</v>
       </c>
       <c r="E20" t="s">
-        <v>1158</v>
+        <v>1173</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1159</v>
+        <v>1174</v>
       </c>
       <c r="H20" t="s">
-        <v>1160</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B21" t="s">
-        <v>1161</v>
+        <v>1176</v>
       </c>
       <c r="C21" t="s">
-        <v>1162</v>
+        <v>1177</v>
       </c>
       <c r="D21" t="s">
-        <v>1163</v>
+        <v>1178</v>
       </c>
       <c r="E21" t="s">
-        <v>1164</v>
+        <v>1179</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1165</v>
+        <v>1180</v>
       </c>
       <c r="H21" t="s">
-        <v>1166</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B22" t="s">
-        <v>1167</v>
+        <v>1182</v>
       </c>
       <c r="C22" t="s">
-        <v>1168</v>
+        <v>1183</v>
       </c>
       <c r="D22" t="s">
-        <v>1169</v>
+        <v>1184</v>
       </c>
       <c r="E22" t="s">
-        <v>1170</v>
+        <v>1185</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1171</v>
+        <v>1186</v>
       </c>
       <c r="H22" t="s">
-        <v>1172</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B23" t="s">
-        <v>1173</v>
+        <v>1188</v>
       </c>
       <c r="C23" t="s">
-        <v>1174</v>
+        <v>1189</v>
       </c>
       <c r="D23" t="s">
-        <v>1175</v>
+        <v>1190</v>
       </c>
       <c r="E23" t="s">
-        <v>1176</v>
+        <v>1191</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1177</v>
+        <v>1192</v>
       </c>
       <c r="H23" t="s">
-        <v>1178</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B24" t="s">
-        <v>1179</v>
+        <v>1194</v>
       </c>
       <c r="C24" t="s">
-        <v>1180</v>
+        <v>1195</v>
       </c>
       <c r="D24" t="s">
-        <v>1181</v>
+        <v>1196</v>
       </c>
       <c r="E24" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1183</v>
+        <v>1198</v>
       </c>
       <c r="H24" t="s">
-        <v>1184</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B25" t="s">
-        <v>1185</v>
+        <v>1200</v>
       </c>
       <c r="C25" t="s">
-        <v>1186</v>
+        <v>1201</v>
       </c>
       <c r="D25" t="s">
-        <v>1187</v>
+        <v>1202</v>
       </c>
       <c r="E25" t="s">
-        <v>1188</v>
+        <v>1203</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1189</v>
+        <v>1204</v>
       </c>
       <c r="H25" t="s">
-        <v>1190</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B26" t="s">
-        <v>1191</v>
+        <v>1206</v>
       </c>
       <c r="C26" t="s">
-        <v>1192</v>
+        <v>1207</v>
       </c>
       <c r="D26" t="s">
-        <v>1193</v>
+        <v>1208</v>
       </c>
       <c r="E26" t="s">
-        <v>1194</v>
+        <v>1209</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1195</v>
+        <v>1210</v>
       </c>
       <c r="H26" t="s">
-        <v>1196</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B27" t="s">
-        <v>1197</v>
+        <v>1212</v>
       </c>
       <c r="C27" t="s">
-        <v>1198</v>
+        <v>1213</v>
       </c>
       <c r="D27" t="s">
-        <v>1199</v>
+        <v>1214</v>
       </c>
       <c r="E27" t="s">
-        <v>1200</v>
+        <v>1215</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1201</v>
+        <v>1216</v>
       </c>
       <c r="H27" t="s">
-        <v>1202</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B28" t="s">
-        <v>1203</v>
+        <v>1218</v>
       </c>
       <c r="C28" t="s">
-        <v>1204</v>
+        <v>1219</v>
       </c>
       <c r="D28" t="s">
-        <v>1205</v>
+        <v>1220</v>
       </c>
       <c r="E28" t="s">
-        <v>1205</v>
+        <v>1220</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1206</v>
+        <v>1221</v>
       </c>
       <c r="H28" t="s">
-        <v>1207</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B29" t="s">
-        <v>1208</v>
+        <v>1223</v>
       </c>
       <c r="C29" t="s">
-        <v>1209</v>
+        <v>1224</v>
       </c>
       <c r="D29" t="s">
-        <v>1210</v>
+        <v>1225</v>
       </c>
       <c r="E29" t="s">
-        <v>1211</v>
+        <v>1226</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1212</v>
+        <v>1227</v>
       </c>
       <c r="H29" t="s">
-        <v>1213</v>
+        <v>1228</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H84"/>
+  <dimension ref="A1:H85"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B2" t="s">
-        <v>1215</v>
+        <v>1230</v>
       </c>
       <c r="C2" t="s">
-        <v>1216</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>1217</v>
+        <v>1231</v>
       </c>
       <c r="E2" t="s">
-        <v>1218</v>
+        <v>1232</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="H2" t="s">
-        <v>1220</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B3" t="s">
-        <v>1221</v>
+        <v>1235</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>1236</v>
       </c>
       <c r="D3" t="s">
-        <v>1217</v>
+        <v>1237</v>
       </c>
       <c r="E3" t="s">
-        <v>1222</v>
+        <v>1238</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1223</v>
+        <v>1239</v>
       </c>
       <c r="H3" t="s">
-        <v>1224</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B4" t="s">
-        <v>1225</v>
+        <v>1241</v>
       </c>
       <c r="C4" t="s">
-        <v>1226</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>1227</v>
+        <v>1237</v>
       </c>
       <c r="E4" t="s">
-        <v>1228</v>
+        <v>1242</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1229</v>
+        <v>1243</v>
       </c>
       <c r="H4" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B5" t="s">
-        <v>1231</v>
+        <v>1245</v>
       </c>
       <c r="C5" t="s">
-        <v>1232</v>
+        <v>1246</v>
       </c>
       <c r="D5" t="s">
-        <v>1233</v>
+        <v>1247</v>
       </c>
       <c r="E5" t="s">
-        <v>1234</v>
+        <v>1248</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="H5" t="s">
-        <v>1236</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B6" t="s">
-        <v>1237</v>
+        <v>1251</v>
       </c>
       <c r="C6" t="s">
-        <v>1238</v>
+        <v>1252</v>
       </c>
       <c r="D6" t="s">
-        <v>1239</v>
+        <v>1253</v>
       </c>
       <c r="E6" t="s">
-        <v>427</v>
+        <v>1254</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="H6" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B7" t="s">
-        <v>1242</v>
+        <v>1257</v>
       </c>
       <c r="C7" t="s">
-        <v>1243</v>
+        <v>1258</v>
       </c>
       <c r="D7" t="s">
-        <v>1244</v>
+        <v>1259</v>
       </c>
       <c r="E7" t="s">
-        <v>1245</v>
+        <v>437</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1246</v>
+        <v>1260</v>
       </c>
       <c r="H7" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B8" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="C8" t="s">
-        <v>1243</v>
+        <v>1263</v>
       </c>
       <c r="D8" t="s">
-        <v>1249</v>
+        <v>1264</v>
       </c>
       <c r="E8" t="s">
-        <v>1250</v>
+        <v>1265</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1251</v>
+        <v>1266</v>
       </c>
       <c r="H8" t="s">
-        <v>1252</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B9" t="s">
-        <v>1253</v>
+        <v>1268</v>
       </c>
       <c r="C9" t="s">
-        <v>1254</v>
+        <v>1263</v>
       </c>
       <c r="D9" t="s">
-        <v>896</v>
+        <v>1269</v>
       </c>
       <c r="E9" t="s">
-        <v>1255</v>
+        <v>1270</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1256</v>
+        <v>1271</v>
       </c>
       <c r="H9" t="s">
-        <v>1257</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B10" t="s">
-        <v>1258</v>
+        <v>1273</v>
       </c>
       <c r="C10" t="s">
-        <v>1259</v>
+        <v>1274</v>
       </c>
       <c r="D10" t="s">
-        <v>1260</v>
+        <v>939</v>
       </c>
       <c r="E10" t="s">
-        <v>1261</v>
+        <v>1275</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1262</v>
+        <v>1276</v>
       </c>
       <c r="H10" t="s">
-        <v>1263</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B11" t="s">
-        <v>1264</v>
+        <v>1278</v>
       </c>
       <c r="C11" t="s">
-        <v>1265</v>
+        <v>1279</v>
       </c>
       <c r="D11" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="E11" t="s">
-        <v>1267</v>
+        <v>1281</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1268</v>
+        <v>1282</v>
       </c>
       <c r="H11" t="s">
-        <v>1269</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B12" t="s">
-        <v>1270</v>
+        <v>1284</v>
       </c>
       <c r="C12" t="s">
-        <v>1271</v>
+        <v>1285</v>
       </c>
       <c r="D12" t="s">
-        <v>1272</v>
+        <v>1286</v>
       </c>
       <c r="E12" t="s">
-        <v>1273</v>
+        <v>1287</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1274</v>
+        <v>1288</v>
       </c>
       <c r="H12" t="s">
-        <v>1275</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B13" t="s">
-        <v>1276</v>
+        <v>1290</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>1291</v>
       </c>
       <c r="D13" t="s">
-        <v>1277</v>
+        <v>1292</v>
       </c>
       <c r="E13" t="s">
-        <v>1278</v>
+        <v>1293</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1279</v>
+        <v>1294</v>
       </c>
       <c r="H13" t="s">
-        <v>1280</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B14" t="s">
-        <v>1281</v>
+        <v>1296</v>
       </c>
       <c r="C14" t="s">
-        <v>1282</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>1283</v>
+        <v>1297</v>
       </c>
       <c r="E14" t="s">
-        <v>1284</v>
+        <v>1298</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1285</v>
+        <v>1299</v>
       </c>
       <c r="H14" t="s">
-        <v>1286</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B15" t="s">
-        <v>1287</v>
+        <v>1301</v>
       </c>
       <c r="C15" t="s">
-        <v>1288</v>
+        <v>1302</v>
       </c>
       <c r="D15" t="s">
-        <v>1289</v>
+        <v>1303</v>
       </c>
       <c r="E15" t="s">
-        <v>1290</v>
+        <v>1304</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1291</v>
+        <v>1305</v>
       </c>
       <c r="H15" t="s">
-        <v>1292</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B16" t="s">
-        <v>1293</v>
+        <v>1307</v>
       </c>
       <c r="C16" t="s">
-        <v>1294</v>
+        <v>1308</v>
       </c>
       <c r="D16" t="s">
-        <v>1295</v>
+        <v>1309</v>
       </c>
       <c r="E16" t="s">
-        <v>1296</v>
+        <v>1310</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1297</v>
+        <v>1311</v>
       </c>
       <c r="H16" t="s">
-        <v>1298</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B17" t="s">
-        <v>1299</v>
+        <v>1313</v>
       </c>
       <c r="C17" t="s">
-        <v>1300</v>
+        <v>1314</v>
       </c>
       <c r="D17" t="s">
-        <v>1301</v>
+        <v>1315</v>
       </c>
       <c r="E17" t="s">
-        <v>1302</v>
+        <v>1316</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1303</v>
+        <v>1317</v>
       </c>
       <c r="H17" t="s">
-        <v>1304</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B18" t="s">
-        <v>1305</v>
+        <v>1319</v>
       </c>
       <c r="C18" t="s">
-        <v>1306</v>
+        <v>1320</v>
       </c>
       <c r="D18" t="s">
-        <v>1307</v>
+        <v>1321</v>
       </c>
       <c r="E18" t="s">
-        <v>1308</v>
+        <v>1322</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1309</v>
+        <v>1323</v>
       </c>
       <c r="H18" t="s">
-        <v>1310</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B19" t="s">
-        <v>1311</v>
+        <v>1325</v>
       </c>
       <c r="C19" t="s">
-        <v>1312</v>
+        <v>1326</v>
       </c>
       <c r="D19" t="s">
-        <v>1313</v>
+        <v>1327</v>
       </c>
       <c r="E19" t="s">
-        <v>1314</v>
+        <v>1328</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1315</v>
+        <v>1329</v>
       </c>
       <c r="H19" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B20" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="C20" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="D20" t="s">
-        <v>1319</v>
+        <v>1333</v>
       </c>
       <c r="E20" t="s">
-        <v>1320</v>
+        <v>1334</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="H20" t="s">
-        <v>1322</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B21" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="C21" t="s">
-        <v>1324</v>
+        <v>1338</v>
       </c>
       <c r="D21" t="s">
-        <v>1325</v>
+        <v>1339</v>
       </c>
       <c r="E21" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1327</v>
+        <v>1341</v>
       </c>
       <c r="H21" t="s">
-        <v>1328</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B22" t="s">
-        <v>1329</v>
+        <v>1343</v>
       </c>
       <c r="C22" t="s">
-        <v>1330</v>
+        <v>1344</v>
       </c>
       <c r="D22" t="s">
-        <v>1331</v>
+        <v>1345</v>
       </c>
       <c r="E22" t="s">
-        <v>1332</v>
+        <v>1346</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1333</v>
+        <v>1347</v>
       </c>
       <c r="H22" t="s">
-        <v>1334</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B23" t="s">
-        <v>1335</v>
+        <v>1349</v>
       </c>
       <c r="C23" t="s">
-        <v>1336</v>
+        <v>1350</v>
       </c>
       <c r="D23" t="s">
-        <v>1103</v>
+        <v>1351</v>
       </c>
       <c r="E23" t="s">
-        <v>1337</v>
+        <v>1352</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1338</v>
+        <v>1353</v>
       </c>
       <c r="H23" t="s">
-        <v>1339</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B24" t="s">
-        <v>1340</v>
+        <v>1355</v>
       </c>
       <c r="C24" t="s">
-        <v>1341</v>
+        <v>1356</v>
       </c>
       <c r="D24" t="s">
-        <v>1109</v>
+        <v>1118</v>
       </c>
       <c r="E24" t="s">
-        <v>1342</v>
+        <v>1357</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1343</v>
+        <v>1358</v>
       </c>
       <c r="H24" t="s">
-        <v>1344</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B25" t="s">
-        <v>1345</v>
+        <v>1360</v>
       </c>
       <c r="C25" t="s">
-        <v>1346</v>
+        <v>1361</v>
       </c>
       <c r="D25" t="s">
-        <v>1109</v>
+        <v>1124</v>
       </c>
       <c r="E25" t="s">
-        <v>1342</v>
+        <v>1362</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1347</v>
+        <v>1363</v>
       </c>
       <c r="H25" t="s">
-        <v>1348</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B26" t="s">
-        <v>1349</v>
+        <v>1365</v>
       </c>
       <c r="C26" t="s">
-        <v>1350</v>
+        <v>1366</v>
       </c>
       <c r="D26" t="s">
-        <v>1109</v>
+        <v>1124</v>
       </c>
       <c r="E26" t="s">
-        <v>1351</v>
+        <v>1362</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1352</v>
+        <v>1367</v>
       </c>
       <c r="H26" t="s">
-        <v>1353</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B27" t="s">
-        <v>1354</v>
+        <v>1369</v>
       </c>
       <c r="C27" t="s">
-        <v>1355</v>
+        <v>1370</v>
       </c>
       <c r="D27" t="s">
-        <v>1109</v>
+        <v>1124</v>
       </c>
       <c r="E27" t="s">
-        <v>1351</v>
+        <v>1371</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1356</v>
+        <v>1372</v>
       </c>
       <c r="H27" t="s">
-        <v>1357</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B28" t="s">
-        <v>1358</v>
+        <v>1374</v>
       </c>
       <c r="C28" t="s">
-        <v>1355</v>
+        <v>1375</v>
       </c>
       <c r="D28" t="s">
-        <v>1109</v>
+        <v>1124</v>
       </c>
       <c r="E28" t="s">
-        <v>1342</v>
+        <v>1371</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1359</v>
+        <v>1376</v>
       </c>
       <c r="H28" t="s">
-        <v>1360</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B29" t="s">
-        <v>1361</v>
+        <v>1378</v>
       </c>
       <c r="C29" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E29" t="s">
         <v>1362</v>
       </c>
-      <c r="D29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1363</v>
+        <v>1379</v>
       </c>
       <c r="H29" t="s">
-        <v>1364</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B30" t="s">
-        <v>1365</v>
+        <v>1381</v>
       </c>
       <c r="C30" t="s">
-        <v>1366</v>
+        <v>1382</v>
       </c>
       <c r="D30" t="s">
-        <v>1109</v>
+        <v>1124</v>
       </c>
       <c r="E30" t="s">
-        <v>1351</v>
+        <v>1371</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1367</v>
+        <v>1383</v>
       </c>
       <c r="H30" t="s">
-        <v>1368</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B31" t="s">
-        <v>1369</v>
+        <v>1385</v>
       </c>
       <c r="C31" t="s">
-        <v>1370</v>
+        <v>1386</v>
       </c>
       <c r="D31" t="s">
-        <v>1109</v>
+        <v>1124</v>
       </c>
       <c r="E31" t="s">
-        <v>1342</v>
+        <v>1371</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1371</v>
+        <v>1387</v>
       </c>
       <c r="H31" t="s">
-        <v>1372</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B32" t="s">
-        <v>1373</v>
+        <v>1389</v>
       </c>
       <c r="C32" t="s">
-        <v>1355</v>
+        <v>1390</v>
       </c>
       <c r="D32" t="s">
-        <v>1109</v>
+        <v>1124</v>
       </c>
       <c r="E32" t="s">
-        <v>1342</v>
+        <v>1362</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1374</v>
+        <v>1391</v>
       </c>
       <c r="H32" t="s">
-        <v>1375</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B33" t="s">
-        <v>1376</v>
+        <v>1393</v>
       </c>
       <c r="C33" t="s">
-        <v>1350</v>
+        <v>1375</v>
       </c>
       <c r="D33" t="s">
-        <v>1109</v>
+        <v>1124</v>
       </c>
       <c r="E33" t="s">
-        <v>1351</v>
+        <v>1362</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1377</v>
+        <v>1394</v>
       </c>
       <c r="H33" t="s">
-        <v>1378</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B34" t="s">
-        <v>1379</v>
+        <v>1396</v>
       </c>
       <c r="C34" t="s">
-        <v>1350</v>
+        <v>1370</v>
       </c>
       <c r="D34" t="s">
-        <v>1109</v>
+        <v>1124</v>
       </c>
       <c r="E34" t="s">
-        <v>1351</v>
+        <v>1371</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1380</v>
+        <v>1397</v>
       </c>
       <c r="H34" t="s">
-        <v>1381</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B35" t="s">
-        <v>1382</v>
+        <v>1399</v>
       </c>
       <c r="C35" t="s">
-        <v>1383</v>
+        <v>1370</v>
       </c>
       <c r="D35" t="s">
-        <v>1384</v>
+        <v>1124</v>
       </c>
       <c r="E35" t="s">
-        <v>1385</v>
+        <v>1371</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1386</v>
+        <v>1400</v>
       </c>
       <c r="H35" t="s">
-        <v>1387</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B36" t="s">
-        <v>1388</v>
+        <v>1402</v>
       </c>
       <c r="C36" t="s">
-        <v>1389</v>
+        <v>1403</v>
       </c>
       <c r="D36" t="s">
-        <v>1390</v>
+        <v>1404</v>
       </c>
       <c r="E36" t="s">
-        <v>1391</v>
+        <v>1405</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1392</v>
+        <v>1406</v>
       </c>
       <c r="H36" t="s">
-        <v>1393</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B37" t="s">
-        <v>1394</v>
+        <v>1408</v>
       </c>
       <c r="C37" t="s">
-        <v>1395</v>
+        <v>1409</v>
       </c>
       <c r="D37" t="s">
-        <v>1396</v>
+        <v>1410</v>
       </c>
       <c r="E37" t="s">
-        <v>1397</v>
+        <v>1411</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1398</v>
+        <v>1412</v>
       </c>
       <c r="H37" t="s">
-        <v>1399</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B38" t="s">
-        <v>1400</v>
+        <v>1414</v>
       </c>
       <c r="C38" t="s">
-        <v>1401</v>
+        <v>1415</v>
       </c>
       <c r="D38" t="s">
-        <v>1402</v>
+        <v>1416</v>
       </c>
       <c r="E38" t="s">
-        <v>1403</v>
+        <v>1417</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1404</v>
+        <v>1418</v>
       </c>
       <c r="H38" t="s">
-        <v>1405</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B39" t="s">
-        <v>1406</v>
+        <v>1420</v>
       </c>
       <c r="C39" t="s">
-        <v>1407</v>
+        <v>1421</v>
       </c>
       <c r="D39" t="s">
-        <v>1408</v>
+        <v>1422</v>
       </c>
       <c r="E39" t="s">
-        <v>1409</v>
+        <v>1423</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1410</v>
+        <v>1424</v>
       </c>
       <c r="H39" t="s">
-        <v>1411</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B40" t="s">
-        <v>1412</v>
+        <v>1426</v>
       </c>
       <c r="C40" t="s">
-        <v>1413</v>
+        <v>1427</v>
       </c>
       <c r="D40" t="s">
-        <v>1414</v>
+        <v>1428</v>
       </c>
       <c r="E40" t="s">
-        <v>1415</v>
+        <v>1429</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1416</v>
+        <v>1430</v>
       </c>
       <c r="H40" t="s">
-        <v>1417</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B41" t="s">
-        <v>1418</v>
+        <v>1432</v>
       </c>
       <c r="C41" t="s">
-        <v>1419</v>
+        <v>1433</v>
       </c>
       <c r="D41" t="s">
-        <v>1420</v>
+        <v>1434</v>
       </c>
       <c r="E41" t="s">
-        <v>1421</v>
+        <v>1435</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1422</v>
+        <v>1436</v>
       </c>
       <c r="H41" t="s">
-        <v>1423</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B42" t="s">
-        <v>1424</v>
+        <v>1438</v>
       </c>
       <c r="C42" t="s">
-        <v>1425</v>
+        <v>1439</v>
       </c>
       <c r="D42" t="s">
-        <v>1420</v>
+        <v>1440</v>
       </c>
       <c r="E42" t="s">
-        <v>1426</v>
+        <v>1441</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1427</v>
+        <v>1442</v>
       </c>
       <c r="H42" t="s">
-        <v>1428</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B43" t="s">
-        <v>1429</v>
+        <v>1444</v>
       </c>
       <c r="C43" t="s">
-        <v>1430</v>
+        <v>1445</v>
       </c>
       <c r="D43" t="s">
-        <v>1431</v>
+        <v>1440</v>
       </c>
       <c r="E43" t="s">
-        <v>1432</v>
+        <v>1446</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1433</v>
+        <v>1447</v>
       </c>
       <c r="H43" t="s">
-        <v>1434</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B44" t="s">
-        <v>1435</v>
+        <v>1449</v>
       </c>
       <c r="C44" t="s">
-        <v>1436</v>
+        <v>1450</v>
       </c>
       <c r="D44" t="s">
-        <v>1437</v>
+        <v>1451</v>
       </c>
       <c r="E44" t="s">
-        <v>1438</v>
+        <v>1452</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1439</v>
+        <v>1453</v>
       </c>
       <c r="H44" t="s">
-        <v>1440</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B45" t="s">
-        <v>1441</v>
+        <v>1455</v>
       </c>
       <c r="C45" t="s">
-        <v>1442</v>
+        <v>1456</v>
       </c>
       <c r="D45" t="s">
-        <v>1443</v>
+        <v>1457</v>
       </c>
       <c r="E45" t="s">
-        <v>1444</v>
+        <v>1458</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1445</v>
+        <v>1459</v>
       </c>
       <c r="H45" t="s">
-        <v>1446</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B46" t="s">
-        <v>1447</v>
+        <v>1461</v>
       </c>
       <c r="C46" t="s">
-        <v>1448</v>
+        <v>1462</v>
       </c>
       <c r="D46" t="s">
-        <v>1443</v>
+        <v>1463</v>
       </c>
       <c r="E46" t="s">
-        <v>1444</v>
+        <v>1464</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1449</v>
+        <v>1465</v>
       </c>
       <c r="H46" t="s">
-        <v>1450</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B47" t="s">
-        <v>1451</v>
+        <v>1467</v>
       </c>
       <c r="C47" t="s">
-        <v>1452</v>
+        <v>1468</v>
       </c>
       <c r="D47" t="s">
-        <v>1453</v>
+        <v>1463</v>
       </c>
       <c r="E47" t="s">
-        <v>1454</v>
+        <v>1464</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1455</v>
+        <v>1469</v>
       </c>
       <c r="H47" t="s">
-        <v>1456</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B48" t="s">
-        <v>1457</v>
+        <v>1471</v>
       </c>
       <c r="C48" t="s">
-        <v>1458</v>
+        <v>1472</v>
       </c>
       <c r="D48" t="s">
-        <v>1459</v>
+        <v>1473</v>
       </c>
       <c r="E48" t="s">
-        <v>1460</v>
+        <v>1474</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1461</v>
+        <v>1475</v>
       </c>
       <c r="H48" t="s">
-        <v>1462</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B49" t="s">
-        <v>1463</v>
+        <v>1477</v>
       </c>
       <c r="C49" t="s">
-        <v>1464</v>
+        <v>1478</v>
       </c>
       <c r="D49" t="s">
-        <v>1465</v>
+        <v>1479</v>
       </c>
       <c r="E49" t="s">
-        <v>1466</v>
+        <v>1480</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1467</v>
+        <v>1481</v>
       </c>
       <c r="H49" t="s">
-        <v>1468</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B50" t="s">
-        <v>1469</v>
+        <v>1483</v>
       </c>
       <c r="C50" t="s">
-        <v>1470</v>
+        <v>1484</v>
       </c>
       <c r="D50" t="s">
-        <v>1471</v>
+        <v>1485</v>
       </c>
       <c r="E50" t="s">
-        <v>1472</v>
+        <v>1486</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1473</v>
+        <v>1487</v>
       </c>
       <c r="H50" t="s">
-        <v>1474</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B51" t="s">
-        <v>1475</v>
+        <v>1489</v>
       </c>
       <c r="C51" t="s">
-        <v>1476</v>
+        <v>1490</v>
       </c>
       <c r="D51" t="s">
-        <v>1477</v>
+        <v>1491</v>
       </c>
       <c r="E51" t="s">
-        <v>1478</v>
+        <v>1492</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1479</v>
+        <v>1493</v>
       </c>
       <c r="H51" t="s">
-        <v>1480</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B52" t="s">
-        <v>1481</v>
+        <v>1495</v>
       </c>
       <c r="C52" t="s">
-        <v>1482</v>
+        <v>1496</v>
       </c>
       <c r="D52" t="s">
-        <v>1483</v>
+        <v>1497</v>
       </c>
       <c r="E52" t="s">
-        <v>1484</v>
+        <v>1498</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1485</v>
+        <v>1499</v>
       </c>
       <c r="H52" t="s">
-        <v>1486</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B53" t="s">
-        <v>1487</v>
+        <v>1501</v>
       </c>
       <c r="C53" t="s">
-        <v>1488</v>
+        <v>1502</v>
       </c>
       <c r="D53" t="s">
-        <v>1489</v>
+        <v>1503</v>
       </c>
       <c r="E53" t="s">
-        <v>1490</v>
+        <v>1504</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1491</v>
+        <v>1505</v>
       </c>
       <c r="H53" t="s">
-        <v>1492</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B54" t="s">
-        <v>1493</v>
+        <v>1507</v>
       </c>
       <c r="C54" t="s">
-        <v>1494</v>
+        <v>1508</v>
       </c>
       <c r="D54" t="s">
-        <v>1495</v>
+        <v>1509</v>
       </c>
       <c r="E54" t="s">
-        <v>1496</v>
+        <v>1510</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1497</v>
+        <v>1511</v>
       </c>
       <c r="H54" t="s">
-        <v>1498</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B55" t="s">
-        <v>1499</v>
+        <v>1513</v>
       </c>
       <c r="C55" t="s">
-        <v>1500</v>
+        <v>1514</v>
       </c>
       <c r="D55" t="s">
-        <v>1501</v>
+        <v>1515</v>
       </c>
       <c r="E55" t="s">
-        <v>1502</v>
+        <v>1516</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1503</v>
+        <v>1517</v>
       </c>
       <c r="H55" t="s">
-        <v>1504</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B56" t="s">
-        <v>1505</v>
+        <v>1519</v>
       </c>
       <c r="C56" t="s">
-        <v>1506</v>
+        <v>1520</v>
       </c>
       <c r="D56" t="s">
-        <v>1507</v>
+        <v>1521</v>
       </c>
       <c r="E56" t="s">
-        <v>1508</v>
+        <v>1522</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1509</v>
+        <v>1523</v>
       </c>
       <c r="H56" t="s">
-        <v>1510</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B57" t="s">
-        <v>1511</v>
+        <v>1525</v>
       </c>
       <c r="C57" t="s">
-        <v>1512</v>
+        <v>1526</v>
       </c>
       <c r="D57" t="s">
-        <v>1187</v>
+        <v>1527</v>
       </c>
       <c r="E57" t="s">
-        <v>1513</v>
+        <v>1528</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1514</v>
+        <v>1529</v>
       </c>
       <c r="H57" t="s">
-        <v>1515</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B58" t="s">
-        <v>1516</v>
+        <v>1531</v>
       </c>
       <c r="C58" t="s">
-        <v>1517</v>
+        <v>1532</v>
       </c>
       <c r="D58" t="s">
-        <v>1518</v>
+        <v>1202</v>
       </c>
       <c r="E58" t="s">
-        <v>1519</v>
+        <v>1533</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1520</v>
+        <v>1534</v>
       </c>
       <c r="H58" t="s">
-        <v>1521</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B59" t="s">
-        <v>1522</v>
+        <v>1536</v>
       </c>
       <c r="C59" t="s">
-        <v>1523</v>
+        <v>1537</v>
       </c>
       <c r="D59" t="s">
-        <v>1524</v>
+        <v>1538</v>
       </c>
       <c r="E59" t="s">
-        <v>1525</v>
+        <v>1539</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1526</v>
+        <v>1540</v>
       </c>
       <c r="H59" t="s">
-        <v>1527</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B60" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
       <c r="C60" t="s">
-        <v>1529</v>
+        <v>1543</v>
       </c>
       <c r="D60" t="s">
-        <v>1530</v>
+        <v>1544</v>
       </c>
       <c r="E60" t="s">
-        <v>1531</v>
+        <v>1545</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1532</v>
+        <v>1546</v>
       </c>
       <c r="H60" t="s">
-        <v>1533</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B61" t="s">
-        <v>1534</v>
+        <v>1548</v>
       </c>
       <c r="C61" t="s">
-        <v>13</v>
+        <v>1549</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>1550</v>
       </c>
       <c r="E61" t="s">
-        <v>1535</v>
+        <v>1551</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1536</v>
+        <v>1552</v>
       </c>
       <c r="H61" t="s">
-        <v>1537</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B62" t="s">
-        <v>1538</v>
+        <v>1554</v>
       </c>
       <c r="C62" t="s">
-        <v>1539</v>
+        <v>13</v>
       </c>
       <c r="D62" t="s">
-        <v>1540</v>
+        <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1541</v>
+        <v>1555</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1542</v>
+        <v>1556</v>
       </c>
       <c r="H62" t="s">
-        <v>1543</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B63" t="s">
-        <v>1544</v>
+        <v>1558</v>
       </c>
       <c r="C63" t="s">
-        <v>1545</v>
+        <v>1559</v>
       </c>
       <c r="D63" t="s">
-        <v>1546</v>
+        <v>1560</v>
       </c>
       <c r="E63" t="s">
-        <v>1547</v>
+        <v>1561</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1548</v>
+        <v>1562</v>
       </c>
       <c r="H63" t="s">
-        <v>1549</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B64" t="s">
-        <v>1550</v>
+        <v>1564</v>
       </c>
       <c r="C64" t="s">
-        <v>1551</v>
+        <v>1565</v>
       </c>
       <c r="D64" t="s">
-        <v>1552</v>
+        <v>1566</v>
       </c>
       <c r="E64" t="s">
-        <v>1553</v>
+        <v>1567</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1554</v>
+        <v>1568</v>
       </c>
       <c r="H64" t="s">
-        <v>1555</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B65" t="s">
-        <v>1556</v>
+        <v>1570</v>
       </c>
       <c r="C65" t="s">
-        <v>1557</v>
+        <v>1571</v>
       </c>
       <c r="D65" t="s">
-        <v>1558</v>
+        <v>1572</v>
       </c>
       <c r="E65" t="s">
-        <v>1559</v>
+        <v>1573</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1560</v>
+        <v>1574</v>
       </c>
       <c r="H65" t="s">
-        <v>1561</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B66" t="s">
-        <v>1562</v>
+        <v>1576</v>
       </c>
       <c r="C66" t="s">
-        <v>1563</v>
+        <v>1577</v>
       </c>
       <c r="D66" t="s">
-        <v>1564</v>
+        <v>1578</v>
       </c>
       <c r="E66" t="s">
-        <v>1565</v>
+        <v>1579</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1566</v>
+        <v>1580</v>
       </c>
       <c r="H66" t="s">
-        <v>1567</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B67" t="s">
-        <v>1568</v>
+        <v>1582</v>
       </c>
       <c r="C67" t="s">
-        <v>1569</v>
+        <v>1583</v>
       </c>
       <c r="D67" t="s">
-        <v>1570</v>
+        <v>1584</v>
       </c>
       <c r="E67" t="s">
-        <v>1571</v>
+        <v>1585</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1572</v>
+        <v>1586</v>
       </c>
       <c r="H67" t="s">
-        <v>1573</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B68" t="s">
-        <v>1574</v>
+        <v>1588</v>
       </c>
       <c r="C68" t="s">
-        <v>1575</v>
+        <v>1589</v>
       </c>
       <c r="D68" t="s">
-        <v>1576</v>
+        <v>1590</v>
       </c>
       <c r="E68" t="s">
-        <v>1577</v>
+        <v>1591</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1578</v>
+        <v>1592</v>
       </c>
       <c r="H68" t="s">
-        <v>1579</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B69" t="s">
-        <v>1580</v>
+        <v>1594</v>
       </c>
       <c r="C69" t="s">
-        <v>1581</v>
+        <v>1595</v>
       </c>
       <c r="D69" t="s">
-        <v>1582</v>
+        <v>1596</v>
       </c>
       <c r="E69" t="s">
-        <v>1583</v>
+        <v>1597</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1584</v>
+        <v>1598</v>
       </c>
       <c r="H69" t="s">
-        <v>1585</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B70" t="s">
-        <v>1586</v>
+        <v>1600</v>
       </c>
       <c r="C70" t="s">
-        <v>1587</v>
+        <v>1601</v>
       </c>
       <c r="D70" t="s">
-        <v>1588</v>
+        <v>1602</v>
       </c>
       <c r="E70" t="s">
-        <v>1589</v>
+        <v>1603</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="H70" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B71" t="s">
-        <v>1592</v>
+        <v>1606</v>
       </c>
       <c r="C71" t="s">
-        <v>1593</v>
+        <v>1607</v>
       </c>
       <c r="D71" t="s">
-        <v>1594</v>
+        <v>1608</v>
       </c>
       <c r="E71" t="s">
-        <v>1595</v>
+        <v>1609</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1596</v>
+        <v>1610</v>
       </c>
       <c r="H71" t="s">
-        <v>1597</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B72" t="s">
-        <v>1598</v>
+        <v>1612</v>
       </c>
       <c r="C72" t="s">
-        <v>1599</v>
+        <v>1613</v>
       </c>
       <c r="D72" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
       <c r="E72" t="s">
-        <v>1600</v>
+        <v>1615</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1601</v>
+        <v>1616</v>
       </c>
       <c r="H72" t="s">
-        <v>1602</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B73" t="s">
-        <v>1603</v>
+        <v>1618</v>
       </c>
       <c r="C73" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="D73" t="s">
-        <v>1605</v>
+        <v>1620</v>
       </c>
       <c r="E73" t="s">
-        <v>1600</v>
+        <v>1620</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1606</v>
+        <v>1621</v>
       </c>
       <c r="H73" t="s">
-        <v>1607</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B74" t="s">
-        <v>1608</v>
+        <v>1623</v>
       </c>
       <c r="C74" t="s">
-        <v>1609</v>
+        <v>1624</v>
       </c>
       <c r="D74" t="s">
-        <v>1610</v>
+        <v>1625</v>
       </c>
       <c r="E74" t="s">
-        <v>1610</v>
+        <v>1620</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>1611</v>
+        <v>1626</v>
       </c>
       <c r="H74" t="s">
-        <v>1612</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B75" t="s">
-        <v>1613</v>
+        <v>1628</v>
       </c>
       <c r="C75" t="s">
-        <v>1614</v>
+        <v>1629</v>
       </c>
       <c r="D75" t="s">
-        <v>1615</v>
+        <v>1630</v>
       </c>
       <c r="E75" t="s">
-        <v>1616</v>
+        <v>1630</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>1617</v>
+        <v>1631</v>
       </c>
       <c r="H75" t="s">
-        <v>1618</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B76" t="s">
-        <v>1619</v>
+        <v>1633</v>
       </c>
       <c r="C76" t="s">
-        <v>1620</v>
+        <v>1634</v>
       </c>
       <c r="D76" t="s">
-        <v>1621</v>
+        <v>1635</v>
       </c>
       <c r="E76" t="s">
-        <v>1622</v>
+        <v>1636</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>1623</v>
+        <v>1637</v>
       </c>
       <c r="H76" t="s">
-        <v>1624</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B77" t="s">
-        <v>1625</v>
+        <v>1639</v>
       </c>
       <c r="C77" t="s">
-        <v>1626</v>
+        <v>1640</v>
       </c>
       <c r="D77" t="s">
-        <v>1627</v>
+        <v>1641</v>
       </c>
       <c r="E77" t="s">
-        <v>1628</v>
+        <v>1642</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>1629</v>
+        <v>1643</v>
       </c>
       <c r="H77" t="s">
-        <v>1630</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B78" t="s">
-        <v>1631</v>
+        <v>1645</v>
       </c>
       <c r="C78" t="s">
-        <v>1632</v>
+        <v>1646</v>
       </c>
       <c r="D78" t="s">
-        <v>1633</v>
+        <v>1647</v>
       </c>
       <c r="E78" t="s">
-        <v>1634</v>
+        <v>1648</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>1635</v>
+        <v>1649</v>
       </c>
       <c r="H78" t="s">
-        <v>1636</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B79" t="s">
-        <v>1637</v>
+        <v>1651</v>
       </c>
       <c r="C79" t="s">
-        <v>1638</v>
+        <v>1652</v>
       </c>
       <c r="D79" t="s">
-        <v>1639</v>
+        <v>1653</v>
       </c>
       <c r="E79" t="s">
-        <v>1640</v>
+        <v>1654</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>1641</v>
+        <v>1655</v>
       </c>
       <c r="H79" t="s">
-        <v>1642</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B80" t="s">
-        <v>1643</v>
+        <v>1657</v>
       </c>
       <c r="C80" t="s">
-        <v>1644</v>
+        <v>1658</v>
       </c>
       <c r="D80" t="s">
-        <v>1645</v>
+        <v>1659</v>
       </c>
       <c r="E80" t="s">
-        <v>1646</v>
+        <v>1660</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>1647</v>
+        <v>1661</v>
       </c>
       <c r="H80" t="s">
-        <v>1648</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B81" t="s">
-        <v>1649</v>
+        <v>1663</v>
       </c>
       <c r="C81" t="s">
-        <v>1650</v>
+        <v>1664</v>
       </c>
       <c r="D81" t="s">
-        <v>1651</v>
+        <v>1665</v>
       </c>
       <c r="E81" t="s">
-        <v>1652</v>
+        <v>1666</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>1653</v>
+        <v>1667</v>
       </c>
       <c r="H81" t="s">
-        <v>1654</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B82" t="s">
-        <v>1655</v>
+        <v>1669</v>
       </c>
       <c r="C82" t="s">
-        <v>1656</v>
+        <v>1670</v>
       </c>
       <c r="D82" t="s">
-        <v>1657</v>
+        <v>1671</v>
       </c>
       <c r="E82" t="s">
-        <v>1658</v>
+        <v>1672</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>1659</v>
+        <v>1673</v>
       </c>
       <c r="H82" t="s">
-        <v>1660</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B83" t="s">
-        <v>1661</v>
+        <v>1675</v>
       </c>
       <c r="C83" t="s">
-        <v>1662</v>
+        <v>1676</v>
       </c>
       <c r="D83" t="s">
-        <v>1663</v>
+        <v>1677</v>
       </c>
       <c r="E83" t="s">
-        <v>1664</v>
+        <v>1678</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>1665</v>
+        <v>1679</v>
       </c>
       <c r="H83" t="s">
-        <v>1666</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B84" t="s">
-        <v>1667</v>
+        <v>1681</v>
       </c>
       <c r="C84" t="s">
-        <v>1668</v>
+        <v>1682</v>
       </c>
       <c r="D84" t="s">
-        <v>1669</v>
+        <v>1683</v>
       </c>
       <c r="E84" t="s">
-        <v>1670</v>
+        <v>1684</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>1671</v>
+        <v>1685</v>
       </c>
       <c r="H84" t="s">
-        <v>1672</v>
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1692</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>