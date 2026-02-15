--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,6874 +1,1297 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Public Health guideline" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Practice guidelines" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Chronic disease guide" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Tool to improve professi" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3553" uniqueCount="2243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="387">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>03/04/2023 09:25:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
+  </si>
+  <si>
+    <t>06/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/30/2021 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3312383/fr/actualisation-des-recommandations-de-bonne-pratique-et-des-parcours-de-soins</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Méthodologie pour le développement clinique des dispositifs médicaux</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
+    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
+  </si>
+  <si>
+    <t>This document focuses on aspects of the clinical assessment of efficacy for a new medical device or a new health technology that is made after the pre-clinical phase and feasibility studies.</t>
+  </si>
+  <si>
+    <t>06/08/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/28/2021 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
   </si>
   <si>
     <t>c_1696842</t>
   </si>
   <si>
-    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
-[...20 lines deleted...]
-    <t>Depuis 2015, la HAS développe des indicateurs de qualité et de sécurité des soins (IQSS) de résultats mesurés à partir des bases médico-administratives en lien avec les professionnels de santé, les médecins codeurs de l’information médicale, les patients et les usagers. La HAS publie sa méthode de développement, validation et utilisations de ce type d’indicateurs, conçue pour l’amélioration de la qualité des soins, de la sécurité et du résultat pour les patients.</t>
+    <t>Outcome indicators measured from medico-administrative databases</t>
+  </si>
+  <si>
+    <t>Since 2015, the French national Authority for Health (HAS) develops outcome indicators based on medico-administrative databases, using a valid method designed for quality, safety and patient outcome improvement. This work is performed with a multidisciplinary working group bringing together the expertise of the medical staff caring for patients, doctors with expertise in the coding of medical information, patients and healthcare system users.</t>
   </si>
   <si>
     <t>06/06/2019 00:00:00</t>
   </si>
   <si>
-    <t>16/04/2021 18:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3076997/fr/iqss-2019-methode-de-validation-des-indicateurs-de-resultats-mesures-a-partir-des-bases-de-donnees</t>
+    <t>04/16/2021 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076997/en/outcome-indicators-measured-from-medico-administrative-databases</t>
   </si>
   <si>
     <t>p_3076997</t>
   </si>
   <si>
-    <t>Description</t>
-[...425 lines deleted...]
-    <t>implant d'embolisation liquide</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>RELAY - 14 september 2010 (2708) -Opinion</t>
+  </si>
+  <si>
+    <t>Thoracic aortic stent-graft</t>
+  </si>
+  <si>
+    <t>09/14/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977149/en/relay-14-september-2010-2708-opinion</t>
+  </si>
+  <si>
+    <t>c_977149</t>
+  </si>
+  <si>
+    <t>ABS – Bolton Medical</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+  </si>
+  <si>
+    <t>p_3451353</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
+  </si>
+  <si>
+    <t>Since the decree of May 4, 2018, screening for cervical cancer has been based on a national organized screening program. In view of the evolution of the CCU screening context in France and the availability of new scientific data, the Directorate General of Health wanted the HAS to assess the place of the HPV test as well as the use of double immuno-labeling p16 / Ki67 in the primary screening strategy for precancerous and cancerous lesions of the CCU.</t>
+  </si>
+  <si>
+    <t>07/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+  </si>
+  <si>
+    <t>c_2806160</t>
+  </si>
+  <si>
+    <t>Place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy</t>
+  </si>
+  <si>
+    <t>In response to a demand from the Ministry of Health, HAS establishes guidelines on the place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy. HAS defines the main conditions for the implementation of a combined use of hepatitis B virus (HBV), human immunodeficiency virus (HIV) and hepatitis C virus (HCV) POCTs in France and formulates recommendation for optimizing the efficiency of the POCTs testing, especially in medico-social and community settings.</t>
+  </si>
+  <si>
+    <t>07/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2016 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063232/en/place-of-point-of-care-tests-pocts-in-hepatitis-b-screening-strategy</t>
+  </si>
+  <si>
+    <t>c_2063232</t>
+  </si>
+  <si>
+    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/15/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+  </si>
+  <si>
+    <t>r_1497591</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+  </si>
+  <si>
+    <t>c_704257</t>
+  </si>
+  <si>
+    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
+  </si>
+  <si>
+    <t>01/01/1999 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
+  </si>
+  <si>
+    <t>c_461999</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+  </si>
+  <si>
+    <t>c_2820336</t>
+  </si>
+  <si>
+    <t>Diagnosis and management of adults with post-intensive care syndrome (PICS) and their relatives</t>
+  </si>
+  <si>
+    <t>Objectifs Defining patients at risk for PICS Diagnose these patients Early and long-term management of PICS Improving care pathways Develop documents for the patient, their family or those close to them in order to alert them to this post-resuscitation syndrome and to support them in its treatment by referring them to healthcare professionals trained in this syndrome.</t>
+  </si>
+  <si>
+    <t>05/17/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
+  </si>
+  <si>
+    <t>p_3312530</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+  </si>
+  <si>
+    <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Fetal alcohol spectrum disorder : identification</t>
+  </si>
+  <si>
+    <t>To help general practitioners, paediatricians, paediatric psychiatrists, psychiatrists, addiction specialists, maternal and infant protection doctors, school doctors, dentists, obstetricians and gynaecologists, midwives and childcare workers to identify and to advise : - pregnant women likely to have a drinking problem and whose child is at risk for fetal alcohol spectrum disorder ; - at-risk children likely to have experienced the effects of prenatal exposure to alcohol.</t>
+  </si>
+  <si>
+    <t>07/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+  </si>
+  <si>
+    <t>c_272368</t>
+  </si>
+  <si>
+    <t>Screening for hepatitis C</t>
+  </si>
+  <si>
+    <t>These guidelines were established by an expert commitee. They cover who should be screened for hepatitis C and how screening should be carried out.</t>
+  </si>
+  <si>
+    <t>01/18/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271987/en/screening-for-hepatitis-c</t>
+  </si>
+  <si>
+    <t>c_271987</t>
+  </si>
+  <si>
+    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
+  </si>
+  <si>
+    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+  </si>
+  <si>
+    <t>12/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+  </si>
+  <si>
+    <t>c_271996</t>
+  </si>
+  <si>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+  </si>
+  <si>
+    <t>c_272030</t>
+  </si>
+  <si>
+    <t>Diagnostic indications for upper gastrointestinal endoscopy in oesophageal and gastroduodenal disease in adults, excluding endoscopic ultrasonography and enteroscopy</t>
+  </si>
+  <si>
+    <t>These guidelines concern three issues:# 1. Which clinical signs and/or laboratory values should lead to oesophageal and gastroduodenal imaging or endoscopy, and which form of investigation should be used?# 2. What are the upper gastrointestinal indications for diagnosis and follow-up of gastro-oesophageal reflux, ulcers, and portal hypertension without bleeding?# 3. What are the indications for duodenal biopsy?</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/en/diagnostic-indications-for-upper-gastrointestinal-endoscopy-in-oesophageal-and-gastroduodenal-disease-in-adults-excluding-endoscopic-ultrasonography-and-enteroscopy</t>
+  </si>
+  <si>
+    <t>c_272101</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of benign prostatic hyperplasia</t>
+  </si>
+  <si>
+    <t>These guidelines are limited to the diagnosis and treatment of uncomplicated benign prostatic hyperplasia (BPH) in men aged over 50. The topics of the guidelines are: 1. Diagnosis criteria for BPH 2. Initial workup for a patient with symptomatic BPH 3. Monitoring of BPH 4. Treatment of BPH</t>
+  </si>
+  <si>
+    <t>03/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272237/en/diagnosis-and-treatment-of-benign-prostatic-hyperplasia</t>
+  </si>
+  <si>
+    <t>c_272237</t>
+  </si>
+  <si>
+    <t>Vaccination against the hepatitis B virus</t>
+  </si>
+  <si>
+    <t>The jury tackled questions by focusing on key areas :# - analysis of epidemiological data and of changes resulting from vaccination, # - vaccine efficacy, # - assessment of side effects and benefit/risk ratios.# It proposed areas in which action might be taken, using as a basis the written evidence submitted by the experts and the data presented and analysed.</t>
+  </si>
+  <si>
+    <t>10/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/en/vaccination-against-the-hepatitis-b-virus</t>
+  </si>
+  <si>
+    <t>c_272257</t>
+  </si>
+  <si>
+    <t>Indications for liver transplantation (19-20 January 2005)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : # 1. What is the best way of managing patients undergoing transplantation for viral hepatitis?# 2. When is alcoholic cirrhosis an indication for liver transplantation? # 3. When should liver cancer be treated by liver transplantation? # 4. When is living donation an alternative? # 5. What are the developments with regard to indications for liver transplantation?</t>
+  </si>
+  <si>
+    <t>03/08/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+  </si>
+  <si>
+    <t>c_272409</t>
+  </si>
+  <si>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+  </si>
+  <si>
+    <t>c_272417</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
+  </si>
+  <si>
+    <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
+  </si>
+  <si>
+    <t>07/18/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+  </si>
+  <si>
+    <t>p_3445536</t>
+  </si>
+  <si>
+    <t>CNEDiMTS assessment of the MRI compatibility of implantable medical devices</t>
+  </si>
+  <si>
+    <t>Between 2008 and 2018, the number of MRI units in public and private non-profit institutions practically doubled. In 2018, the number of procedures was estimated at 600,000 for hospitalised patients and 2.1 million for outpatients. Despite a growing number of MRI examination requests, this imaging technique exposes patients with certain types of implants to functional and even vital risks. Considering the diversity of MRI compatibility conditions of medical devices and the diversity of MRI compatibility information provided in manufacturer dossiers, along with technological developments in MRI and organisational constraints, the Medical Device and Health Technology Evaluation Committee (CNEDiMTS) decided to lay down principles for the assessment of the MRI compatibility of IMDs in its evaluations. This document also aims to characterise the information to be provided to the CNEDiMTS in the medico-technical dossiers submitted by manufacturers within the framework of a reimbursement request, so that the MRI compatibility information provided is standardised. The applicant will thus know in advance what data to provide to enable the CNEDiMTS to consider the MRI compatibility of implantable medical devices. Lastly, concerning MRI compatibility within defined conditions, this guide aims to clarify how the examinations should be prescribed and performed so that they are conducted under the best secured conditions.</t>
+  </si>
+  <si>
+    <t>10/19/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/18/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264825/en/cnedimts-assessment-of-the-mri-compatibility-of-implantable-medical-devices</t>
+  </si>
+  <si>
+    <t>p_3264825</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853398</t>
+  </si>
+  <si>
+    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
+  </si>
+  <si>
+    <t>The only diagnostic test currently recommended for early diagnosis of COVID-19 is the RT-PCR molecular test used to detect the SARS-CoV-2 coronavirus genome Serological tests are not recommended in the context of early diagnosis of COVID-19 infec-tion during the first week following the onset of symptoms Serological tests are unable to determine how contagious an individual is Serological tests are only able to determine whether an individual has produced antibodies in response to SARS-CoV-2 virus infection Antibody production kinetics against the virus remain poorly characterised to date primarily in asymptomatic subjects. The potential period of protection is also poorly elucidated It is critically important to be able to validate serological tests based on their initial analytical and clinical performances as of now, prior to their purchase and use in routine practice For this reason, the HAS has provided these specifications setting out the quality and require-ment level criteria for all serological tests detecting specific antibodies targeted against SARS-CoV-2 with a view to facilitating their development and assessment The minimum threshold values estimated by the HAS are 98% for clinical specificity, and 90% or 95% according to test use for clinical sensitivity The HAS recommends obtaining the findings of the performance assessments conducted based on the information contained in these specifications prior to any purchase and use of serological tests The strategy of use of these tests will be specified in a future review</t>
+  </si>
+  <si>
+    <t>10/08/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/19/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3213483</t>
+  </si>
+  <si>
+    <t>Pancreatic islet transplantation - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to assess the safety, efficacy and conditions for performance of pancreatic islet (or islets of Langerhans) transplantation (IT) in several indications: patients with chronically unstable insulin-dependent diabetes (type 1 diabetes) with preserved renal function (allogeneic transplantation); patients with insulin-dependent diabetes and renal failure (usually due to diabetic kidney disease) with an indication for kidney transplantation, in which case IT may be simultaneous or delayed (allogeneic transplantation); patients with insulin-dependent diabetes with a functional kidney graft and presenting an HbA1c level ≥ 7% or severe hypoglycaemia (allogeneic transplantation); patients at risk of insulinopaenic or insulin-dependent diabetes following extensive or total pancreatic surgery or following a pancreatic injury causing extensive or total devascularisation of the pancreas (autologous transplantation). This work was also conducted with a view to registration of IT on the list of joint classification of medical procedures (CCAM) and funding by the national health insurance system in France.</t>
+  </si>
+  <si>
+    <t>07/16/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3114652</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3179992</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853392</t>
+  </si>
+  <si>
+    <t>Clinical utility of genomic signatures in early-stage breast cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Evaluate the clinical utility of four genomic signatures (GS) , currently and temporarily funded on a conditional basis as part of a specific funding program for research and innovation (known in France as RIHN). The aim of the evaluation is to assess funding eligibility for the traditional reimbursement schemes offered by the National Health Insurance Fund</t>
+  </si>
+  <si>
+    <t>01/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748998/en/clinical-utility-of-genomic-signatures-in-early-stage-breast-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2748998</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2680246</t>
+  </si>
+  <si>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2770361</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications of the procedures indicated in the diagnosis and follow-up of viral hepatitis B, C and D</t>
+  </si>
+  <si>
+    <t>01/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/16/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2653624</t>
+  </si>
+  <si>
+    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
+  </si>
+  <si>
+    <t>09/28/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2016 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2565031</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2607794</t>
+  </si>
+  <si>
+    <t>Assessment of intraoperative radiotherapy (IORT) in breast cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions of this assessment focus on intraoperative radiotherapy (IORT), in women undergoing lumpectomy (breast-conserving surgery) and adjuvant radiotherapy for early breast cancer, in order for it to be refunded by the National Health Insurance. IORT was compared to standard whole-breast irradiation</t>
+  </si>
+  <si>
+    <t>04/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/18/2016 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2562276/en/assessment-of-intraoperative-radiotherapy-iort-in-breast-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2562276</t>
+  </si>
+  <si>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
   </si>
   <si>
     <t>05/04/2016 00:00:00</t>
   </si>
   <si>
-    <t>03/06/2016 15:56:37</t>
-[...1406 lines deleted...]
-    <t>c_2659919</t>
+    <t>05/25/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2589724</t>
+  </si>
+  <si>
+    <t>Assessment of the safety and conditions for conducting autologous fat grafting in reconstructive, restorative and cosmetic breast surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions of this assessment mainly relate to the safety of the autologous fat grafting procedure in the breast and may be grouped into 3 major areas : intraoperative and postoperative complications and oncological safety, radiological changes and their impact on patient care, and the conditions for conducting this procedure</t>
+  </si>
+  <si>
+    <t>01/28/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/27/2015 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778570/en/assessment-of-the-safety-and-conditions-for-conducting-autologous-fat-grafting-in-reconstructive-restorative-and-cosmetic-breast-surgery-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1778570</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+  </si>
+  <si>
+    <t>c_1346147</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+  </si>
+  <si>
+    <t>c_827591</t>
+  </si>
+  <si>
+    <t>Assessment of an epiretinal implant and its implantation procedure</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of ARGUS II to support reimbursement decision by the French National Insurance Funds.# Systematic literature review was performed and EUnetHTA Planned and Ongoing Projects database was consulted. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committees for validation.</t>
+  </si>
+  <si>
+    <t>12/19/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
+  </si>
+  <si>
+    <t>c_1343374</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517592/fr/regarder-le-replay-colloque-has-sante-l-innovation-au-service-des-personnes</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Replay available - Symposium HAS "Health: innovation serving people"</t>
+  </si>
+  <si>
+    <t>12/02/2024 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517592/en/replay-available-symposium-has-health-innovation-serving-people</t>
   </si>
   <si>
     <t>p_3517592</t>
   </si>
   <si>
-    <t>Événement</t>
-[...500 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>Event</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Numérique : quelle (R)évolution ? Rapport d'analyse prospective 2019</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
-    <t>Évolution des taux de césariennes à terme en France entre 2011 et 2014 et évaluation de l’impact du programme d’amélioration des pratiques</t>
-[...137 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/13/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Supporting and encouraging public engagement in social and health care organisations</t>
+  </si>
+  <si>
+    <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
+  </si>
+  <si>
+    <t>09/22/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
-  </si>
-[...3979 lines deleted...]
-    <t>c_915259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -6934,11614 +1357,1981 @@
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="5">
-[...102 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1693</v>
+        <v>381</v>
       </c>
       <c r="B2" t="s">
-        <v>1694</v>
+        <v>382</v>
       </c>
       <c r="C2" t="s">
-        <v>1695</v>
+        <v>383</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1696</v>
+        <v>384</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1697</v>
+        <v>385</v>
       </c>
       <c r="H2" t="s">
-        <v>1698</v>
-[...129 lines deleted...]
-        <v>1723</v>
+        <v>386</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H54"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J1" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1724</v>
+        <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>1725</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>1726</v>
+        <v>32</v>
       </c>
       <c r="D2" t="s">
-        <v>1727</v>
+        <v>33</v>
       </c>
       <c r="E2" t="s">
-        <v>1728</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1729</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>1730</v>
+        <v>36</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1724</v>
+        <v>38</v>
       </c>
       <c r="B3" t="s">
-        <v>1731</v>
+        <v>45</v>
       </c>
       <c r="C3" t="s">
-        <v>1732</v>
+        <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>933</v>
+        <v>47</v>
       </c>
       <c r="E3" t="s">
-        <v>1733</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1734</v>
+        <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>1735</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1724</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>1736</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>1737</v>
+        <v>52</v>
       </c>
       <c r="D4" t="s">
-        <v>1738</v>
+        <v>53</v>
       </c>
       <c r="E4" t="s">
-        <v>1739</v>
+        <v>54</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1740</v>
+        <v>55</v>
       </c>
       <c r="H4" t="s">
-        <v>1741</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1724</v>
+        <v>38</v>
       </c>
       <c r="B5" t="s">
-        <v>1742</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
-        <v>1743</v>
+        <v>58</v>
       </c>
       <c r="D5" t="s">
-        <v>1744</v>
+        <v>59</v>
       </c>
       <c r="E5" t="s">
-        <v>1745</v>
+        <v>60</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1746</v>
+        <v>61</v>
       </c>
       <c r="H5" t="s">
-        <v>1747</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1724</v>
+        <v>38</v>
       </c>
       <c r="B6" t="s">
-        <v>1748</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
-        <v>1749</v>
+        <v>64</v>
       </c>
       <c r="D6" t="s">
-        <v>1750</v>
+        <v>65</v>
       </c>
       <c r="E6" t="s">
-        <v>1751</v>
+        <v>66</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1752</v>
+        <v>67</v>
       </c>
       <c r="H6" t="s">
-        <v>1753</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1724</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
-        <v>1754</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>1755</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>1756</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
-        <v>829</v>
+        <v>72</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1757</v>
+        <v>73</v>
       </c>
       <c r="H7" t="s">
-        <v>1758</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1724</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
-        <v>1759</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
-        <v>1760</v>
+        <v>76</v>
       </c>
       <c r="D8" t="s">
-        <v>951</v>
+        <v>77</v>
       </c>
       <c r="E8" t="s">
-        <v>1761</v>
+        <v>78</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1762</v>
+        <v>79</v>
       </c>
       <c r="H8" t="s">
-        <v>1763</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1724</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>1764</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>1765</v>
+        <v>70</v>
       </c>
       <c r="D9" t="s">
-        <v>1766</v>
+        <v>82</v>
       </c>
       <c r="E9" t="s">
-        <v>1767</v>
+        <v>82</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1768</v>
+        <v>83</v>
       </c>
       <c r="H9" t="s">
-        <v>1769</v>
-[...1169 lines deleted...]
-        <v>2030</v>
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>2032</v>
+        <v>86</v>
       </c>
       <c r="C2" t="s">
-        <v>2033</v>
+        <v>87</v>
       </c>
       <c r="D2" t="s">
-        <v>2034</v>
+        <v>88</v>
       </c>
       <c r="E2" t="s">
-        <v>2035</v>
+        <v>89</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2036</v>
+        <v>90</v>
       </c>
       <c r="H2" t="s">
-        <v>2037</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B3" t="s">
-        <v>2038</v>
+        <v>92</v>
       </c>
       <c r="C3" t="s">
-        <v>2039</v>
+        <v>93</v>
       </c>
       <c r="D3" t="s">
-        <v>2040</v>
+        <v>94</v>
       </c>
       <c r="E3" t="s">
-        <v>2041</v>
+        <v>95</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2042</v>
+        <v>96</v>
       </c>
       <c r="H3" t="s">
-        <v>2043</v>
+        <v>97</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B4" t="s">
-        <v>2044</v>
+        <v>98</v>
       </c>
       <c r="C4" t="s">
-        <v>2045</v>
+        <v>99</v>
       </c>
       <c r="D4" t="s">
-        <v>2046</v>
+        <v>100</v>
       </c>
       <c r="E4" t="s">
-        <v>2047</v>
+        <v>101</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2048</v>
+        <v>102</v>
       </c>
       <c r="H4" t="s">
-        <v>2049</v>
+        <v>103</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B5" t="s">
-        <v>2050</v>
+        <v>104</v>
       </c>
       <c r="C5" t="s">
-        <v>2051</v>
+        <v>105</v>
       </c>
       <c r="D5" t="s">
-        <v>2052</v>
+        <v>106</v>
       </c>
       <c r="E5" t="s">
-        <v>2053</v>
+        <v>107</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2054</v>
+        <v>108</v>
       </c>
       <c r="H5" t="s">
-        <v>2055</v>
+        <v>109</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B6" t="s">
-        <v>2056</v>
+        <v>110</v>
       </c>
       <c r="C6" t="s">
-        <v>2057</v>
+        <v>111</v>
       </c>
       <c r="D6" t="s">
-        <v>2058</v>
+        <v>112</v>
       </c>
       <c r="E6" t="s">
-        <v>2059</v>
+        <v>113</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2060</v>
+        <v>114</v>
       </c>
       <c r="H6" t="s">
-        <v>2061</v>
+        <v>115</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B7" t="s">
-        <v>2062</v>
+        <v>116</v>
       </c>
       <c r="C7" t="s">
-        <v>2063</v>
+        <v>117</v>
       </c>
       <c r="D7" t="s">
-        <v>2064</v>
+        <v>118</v>
       </c>
       <c r="E7" t="s">
-        <v>2065</v>
+        <v>119</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2066</v>
+        <v>120</v>
       </c>
       <c r="H7" t="s">
-        <v>2067</v>
+        <v>121</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B8" t="s">
-        <v>2068</v>
+        <v>122</v>
       </c>
       <c r="C8" t="s">
-        <v>2069</v>
+        <v>123</v>
       </c>
       <c r="D8" t="s">
-        <v>2070</v>
+        <v>118</v>
       </c>
       <c r="E8" t="s">
-        <v>2071</v>
+        <v>119</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2072</v>
+        <v>124</v>
       </c>
       <c r="H8" t="s">
-        <v>2073</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>2074</v>
+        <v>126</v>
       </c>
       <c r="C9" t="s">
-        <v>2075</v>
+        <v>127</v>
       </c>
       <c r="D9" t="s">
-        <v>2076</v>
+        <v>128</v>
       </c>
       <c r="E9" t="s">
-        <v>2077</v>
+        <v>129</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2078</v>
+        <v>130</v>
       </c>
       <c r="H9" t="s">
-        <v>2079</v>
+        <v>131</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>2080</v>
+        <v>132</v>
       </c>
       <c r="C10" t="s">
-        <v>2081</v>
+        <v>133</v>
       </c>
       <c r="D10" t="s">
-        <v>2082</v>
+        <v>134</v>
       </c>
       <c r="E10" t="s">
-        <v>2083</v>
+        <v>135</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2084</v>
+        <v>136</v>
       </c>
       <c r="H10" t="s">
-        <v>2085</v>
+        <v>137</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>2086</v>
+        <v>138</v>
       </c>
       <c r="C11" t="s">
-        <v>2087</v>
+        <v>139</v>
       </c>
       <c r="D11" t="s">
-        <v>2088</v>
+        <v>140</v>
       </c>
       <c r="E11" t="s">
-        <v>2089</v>
+        <v>141</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2090</v>
+        <v>142</v>
       </c>
       <c r="H11" t="s">
-        <v>2091</v>
+        <v>143</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>2092</v>
+        <v>144</v>
       </c>
       <c r="C12" t="s">
-        <v>2093</v>
+        <v>145</v>
       </c>
       <c r="D12" t="s">
-        <v>2094</v>
+        <v>146</v>
       </c>
       <c r="E12" t="s">
-        <v>2095</v>
+        <v>147</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2096</v>
+        <v>148</v>
       </c>
       <c r="H12" t="s">
-        <v>2097</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>2098</v>
+        <v>150</v>
       </c>
       <c r="C13" t="s">
-        <v>2099</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>2100</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2101</v>
+        <v>151</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2102</v>
+        <v>152</v>
       </c>
       <c r="H13" t="s">
-        <v>2103</v>
+        <v>153</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B14" t="s">
-        <v>2104</v>
+        <v>154</v>
       </c>
       <c r="C14" t="s">
-        <v>2105</v>
+        <v>155</v>
       </c>
       <c r="D14" t="s">
-        <v>2106</v>
+        <v>156</v>
       </c>
       <c r="E14" t="s">
-        <v>2107</v>
+        <v>157</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2108</v>
+        <v>158</v>
       </c>
       <c r="H14" t="s">
-        <v>2109</v>
+        <v>159</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B15" t="s">
-        <v>2110</v>
+        <v>160</v>
       </c>
       <c r="C15" t="s">
-        <v>2111</v>
+        <v>161</v>
       </c>
       <c r="D15" t="s">
-        <v>2112</v>
+        <v>162</v>
       </c>
       <c r="E15" t="s">
-        <v>1887</v>
+        <v>163</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2113</v>
+        <v>164</v>
       </c>
       <c r="H15" t="s">
-        <v>2114</v>
+        <v>165</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B16" t="s">
-        <v>2115</v>
+        <v>166</v>
       </c>
       <c r="C16" t="s">
-        <v>2116</v>
+        <v>167</v>
       </c>
       <c r="D16" t="s">
-        <v>2117</v>
+        <v>168</v>
       </c>
       <c r="E16" t="s">
-        <v>2118</v>
+        <v>169</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2119</v>
+        <v>170</v>
       </c>
       <c r="H16" t="s">
-        <v>2120</v>
+        <v>171</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B17" t="s">
-        <v>2121</v>
+        <v>172</v>
       </c>
       <c r="C17" t="s">
-        <v>2122</v>
+        <v>173</v>
       </c>
       <c r="D17" t="s">
-        <v>2117</v>
+        <v>174</v>
       </c>
       <c r="E17" t="s">
-        <v>2118</v>
+        <v>174</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2123</v>
+        <v>175</v>
       </c>
       <c r="H17" t="s">
-        <v>2124</v>
+        <v>176</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B18" t="s">
-        <v>2125</v>
+        <v>177</v>
       </c>
       <c r="C18" t="s">
-        <v>2126</v>
+        <v>178</v>
       </c>
       <c r="D18" t="s">
-        <v>2127</v>
+        <v>179</v>
       </c>
       <c r="E18" t="s">
-        <v>2128</v>
+        <v>179</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2129</v>
+        <v>180</v>
       </c>
       <c r="H18" t="s">
-        <v>2130</v>
+        <v>181</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
-        <v>2131</v>
+        <v>182</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>183</v>
       </c>
       <c r="D19" t="s">
-        <v>2132</v>
+        <v>184</v>
       </c>
       <c r="E19" t="s">
-        <v>2133</v>
+        <v>185</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2134</v>
+        <v>186</v>
       </c>
       <c r="H19" t="s">
-        <v>2135</v>
+        <v>187</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>2136</v>
+        <v>188</v>
       </c>
       <c r="C20" t="s">
-        <v>2137</v>
+        <v>189</v>
       </c>
       <c r="D20" t="s">
-        <v>2138</v>
+        <v>190</v>
       </c>
       <c r="E20" t="s">
-        <v>2139</v>
+        <v>191</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2140</v>
+        <v>192</v>
       </c>
       <c r="H20" t="s">
-        <v>2141</v>
+        <v>193</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>2142</v>
+        <v>194</v>
       </c>
       <c r="C21" t="s">
-        <v>2143</v>
+        <v>195</v>
       </c>
       <c r="D21" t="s">
-        <v>2144</v>
+        <v>196</v>
       </c>
       <c r="E21" t="s">
-        <v>2145</v>
+        <v>197</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2146</v>
+        <v>198</v>
       </c>
       <c r="H21" t="s">
-        <v>2147</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2031</v>
+        <v>85</v>
       </c>
       <c r="B22" t="s">
-        <v>2148</v>
+        <v>200</v>
       </c>
       <c r="C22" t="s">
-        <v>2149</v>
+        <v>201</v>
       </c>
       <c r="D22" t="s">
-        <v>2150</v>
+        <v>202</v>
       </c>
       <c r="E22" t="s">
-        <v>2151</v>
+        <v>203</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2152</v>
+        <v>204</v>
       </c>
       <c r="H22" t="s">
-        <v>2153</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2154</v>
+        <v>206</v>
       </c>
       <c r="B2" t="s">
-        <v>2155</v>
+        <v>207</v>
       </c>
       <c r="C2" t="s">
-        <v>2156</v>
+        <v>208</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="E2" t="s">
-        <v>2157</v>
+        <v>210</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2158</v>
+        <v>211</v>
       </c>
       <c r="H2" t="s">
-        <v>2159</v>
-[...1280 lines deleted...]
-      <c r="H26" t="s">
         <v>212</v>
-      </c>
-[...4065 lines deleted...]
-        <v>890</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...220 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B2" t="s">
-        <v>925</v>
+        <v>214</v>
       </c>
       <c r="C2" t="s">
-        <v>926</v>
+        <v>215</v>
       </c>
       <c r="D2" t="s">
-        <v>927</v>
+        <v>216</v>
       </c>
       <c r="E2" t="s">
-        <v>928</v>
+        <v>217</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>929</v>
+        <v>218</v>
       </c>
       <c r="H2" t="s">
-        <v>930</v>
+        <v>219</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B3" t="s">
-        <v>931</v>
+        <v>220</v>
       </c>
       <c r="C3" t="s">
-        <v>932</v>
+        <v>221</v>
       </c>
       <c r="D3" t="s">
-        <v>933</v>
+        <v>222</v>
       </c>
       <c r="E3" t="s">
-        <v>934</v>
+        <v>223</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>935</v>
+        <v>224</v>
       </c>
       <c r="H3" t="s">
-        <v>936</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B4" t="s">
-        <v>937</v>
+        <v>226</v>
       </c>
       <c r="C4" t="s">
-        <v>938</v>
+        <v>227</v>
       </c>
       <c r="D4" t="s">
-        <v>939</v>
+        <v>228</v>
       </c>
       <c r="E4" t="s">
-        <v>940</v>
+        <v>229</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>941</v>
+        <v>230</v>
       </c>
       <c r="H4" t="s">
-        <v>942</v>
+        <v>231</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B5" t="s">
-        <v>943</v>
+        <v>232</v>
       </c>
       <c r="C5" t="s">
-        <v>944</v>
+        <v>233</v>
       </c>
       <c r="D5" t="s">
-        <v>945</v>
+        <v>234</v>
       </c>
       <c r="E5" t="s">
-        <v>946</v>
+        <v>235</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>947</v>
+        <v>236</v>
       </c>
       <c r="H5" t="s">
-        <v>948</v>
+        <v>237</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B6" t="s">
-        <v>949</v>
+        <v>238</v>
       </c>
       <c r="C6" t="s">
-        <v>950</v>
+        <v>239</v>
       </c>
       <c r="D6" t="s">
-        <v>951</v>
+        <v>240</v>
       </c>
       <c r="E6" t="s">
-        <v>952</v>
+        <v>241</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>953</v>
+        <v>242</v>
       </c>
       <c r="H6" t="s">
-        <v>954</v>
+        <v>243</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B7" t="s">
-        <v>955</v>
+        <v>244</v>
       </c>
       <c r="C7" t="s">
-        <v>956</v>
+        <v>245</v>
       </c>
       <c r="D7" t="s">
-        <v>957</v>
+        <v>246</v>
       </c>
       <c r="E7" t="s">
-        <v>958</v>
+        <v>247</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>959</v>
+        <v>248</v>
       </c>
       <c r="H7" t="s">
-        <v>960</v>
+        <v>249</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B8" t="s">
-        <v>961</v>
+        <v>250</v>
       </c>
       <c r="C8" t="s">
-        <v>962</v>
+        <v>251</v>
       </c>
       <c r="D8" t="s">
-        <v>963</v>
+        <v>252</v>
       </c>
       <c r="E8" t="s">
-        <v>964</v>
+        <v>253</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>965</v>
+        <v>254</v>
       </c>
       <c r="H8" t="s">
-        <v>966</v>
+        <v>255</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B9" t="s">
-        <v>967</v>
+        <v>244</v>
       </c>
       <c r="C9" t="s">
-        <v>968</v>
+        <v>245</v>
       </c>
       <c r="D9" t="s">
-        <v>963</v>
+        <v>256</v>
       </c>
       <c r="E9" t="s">
-        <v>969</v>
+        <v>257</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>970</v>
+        <v>258</v>
       </c>
       <c r="H9" t="s">
-        <v>971</v>
+        <v>259</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B10" t="s">
-        <v>972</v>
+        <v>260</v>
       </c>
       <c r="C10" t="s">
-        <v>973</v>
+        <v>261</v>
       </c>
       <c r="D10" t="s">
-        <v>974</v>
+        <v>262</v>
       </c>
       <c r="E10" t="s">
-        <v>975</v>
+        <v>263</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>976</v>
+        <v>264</v>
       </c>
       <c r="H10" t="s">
-        <v>977</v>
+        <v>265</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B11" t="s">
-        <v>978</v>
+        <v>266</v>
       </c>
       <c r="C11" t="s">
-        <v>979</v>
+        <v>267</v>
       </c>
       <c r="D11" t="s">
-        <v>974</v>
+        <v>268</v>
       </c>
       <c r="E11" t="s">
-        <v>980</v>
+        <v>269</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>981</v>
+        <v>270</v>
       </c>
       <c r="H11" t="s">
-        <v>982</v>
+        <v>271</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B12" t="s">
-        <v>983</v>
+        <v>272</v>
       </c>
       <c r="C12" t="s">
-        <v>984</v>
+        <v>273</v>
       </c>
       <c r="D12" t="s">
-        <v>985</v>
+        <v>274</v>
       </c>
       <c r="E12" t="s">
-        <v>986</v>
+        <v>275</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>987</v>
+        <v>276</v>
       </c>
       <c r="H12" t="s">
-        <v>988</v>
+        <v>277</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B13" t="s">
-        <v>989</v>
+        <v>278</v>
       </c>
       <c r="C13" t="s">
-        <v>990</v>
+        <v>279</v>
       </c>
       <c r="D13" t="s">
-        <v>991</v>
+        <v>280</v>
       </c>
       <c r="E13" t="s">
-        <v>992</v>
+        <v>281</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>993</v>
+        <v>282</v>
       </c>
       <c r="H13" t="s">
-        <v>994</v>
+        <v>283</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B14" t="s">
-        <v>995</v>
+        <v>284</v>
       </c>
       <c r="C14" t="s">
-        <v>996</v>
+        <v>285</v>
       </c>
       <c r="D14" t="s">
-        <v>997</v>
+        <v>286</v>
       </c>
       <c r="E14" t="s">
-        <v>998</v>
+        <v>287</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>999</v>
+        <v>288</v>
       </c>
       <c r="H14" t="s">
-        <v>1000</v>
+        <v>289</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B15" t="s">
-        <v>1001</v>
+        <v>290</v>
       </c>
       <c r="C15" t="s">
-        <v>1002</v>
+        <v>291</v>
       </c>
       <c r="D15" t="s">
-        <v>1003</v>
+        <v>292</v>
       </c>
       <c r="E15" t="s">
-        <v>1004</v>
+        <v>293</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1005</v>
+        <v>294</v>
       </c>
       <c r="H15" t="s">
-        <v>1006</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B16" t="s">
-        <v>1007</v>
+        <v>296</v>
       </c>
       <c r="C16" t="s">
-        <v>1008</v>
+        <v>297</v>
       </c>
       <c r="D16" t="s">
-        <v>1009</v>
+        <v>298</v>
       </c>
       <c r="E16" t="s">
-        <v>1010</v>
+        <v>299</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1011</v>
+        <v>300</v>
       </c>
       <c r="H16" t="s">
-        <v>1012</v>
+        <v>301</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B17" t="s">
-        <v>1013</v>
+        <v>302</v>
       </c>
       <c r="C17" t="s">
-        <v>1014</v>
+        <v>303</v>
       </c>
       <c r="D17" t="s">
-        <v>1015</v>
+        <v>304</v>
       </c>
       <c r="E17" t="s">
-        <v>1016</v>
+        <v>305</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1017</v>
+        <v>306</v>
       </c>
       <c r="H17" t="s">
-        <v>1018</v>
+        <v>307</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B18" t="s">
-        <v>1019</v>
+        <v>308</v>
       </c>
       <c r="C18" t="s">
-        <v>1020</v>
+        <v>309</v>
       </c>
       <c r="D18" t="s">
-        <v>1021</v>
+        <v>310</v>
       </c>
       <c r="E18" t="s">
-        <v>1022</v>
+        <v>311</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1023</v>
+        <v>312</v>
       </c>
       <c r="H18" t="s">
-        <v>1024</v>
+        <v>313</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B19" t="s">
-        <v>1025</v>
+        <v>314</v>
       </c>
       <c r="C19" t="s">
-        <v>1026</v>
+        <v>315</v>
       </c>
       <c r="D19" t="s">
-        <v>1027</v>
+        <v>316</v>
       </c>
       <c r="E19" t="s">
-        <v>1028</v>
+        <v>317</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1029</v>
+        <v>318</v>
       </c>
       <c r="H19" t="s">
-        <v>1030</v>
+        <v>319</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B20" t="s">
-        <v>1031</v>
+        <v>320</v>
       </c>
       <c r="C20" t="s">
-        <v>1032</v>
+        <v>321</v>
       </c>
       <c r="D20" t="s">
-        <v>1033</v>
+        <v>322</v>
       </c>
       <c r="E20" t="s">
-        <v>1034</v>
+        <v>323</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1035</v>
+        <v>324</v>
       </c>
       <c r="H20" t="s">
-        <v>1036</v>
+        <v>325</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B21" t="s">
-        <v>1037</v>
+        <v>326</v>
       </c>
       <c r="C21" t="s">
-        <v>1038</v>
+        <v>327</v>
       </c>
       <c r="D21" t="s">
-        <v>1039</v>
+        <v>328</v>
       </c>
       <c r="E21" t="s">
-        <v>1040</v>
+        <v>329</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1041</v>
+        <v>330</v>
       </c>
       <c r="H21" t="s">
-        <v>1042</v>
+        <v>331</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B22" t="s">
-        <v>1043</v>
+        <v>332</v>
       </c>
       <c r="C22" t="s">
-        <v>1044</v>
+        <v>327</v>
       </c>
       <c r="D22" t="s">
-        <v>1045</v>
+        <v>333</v>
       </c>
       <c r="E22" t="s">
-        <v>1046</v>
+        <v>334</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1047</v>
+        <v>335</v>
       </c>
       <c r="H22" t="s">
-        <v>1048</v>
+        <v>336</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B23" t="s">
-        <v>1049</v>
+        <v>337</v>
       </c>
       <c r="C23" t="s">
-        <v>1050</v>
+        <v>327</v>
       </c>
       <c r="D23" t="s">
-        <v>1051</v>
+        <v>338</v>
       </c>
       <c r="E23" t="s">
-        <v>1052</v>
+        <v>339</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1053</v>
+        <v>340</v>
       </c>
       <c r="H23" t="s">
-        <v>1054</v>
+        <v>341</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>924</v>
+        <v>213</v>
       </c>
       <c r="B24" t="s">
-        <v>1055</v>
+        <v>342</v>
       </c>
       <c r="C24" t="s">
-        <v>1056</v>
+        <v>343</v>
       </c>
       <c r="D24" t="s">
-        <v>1057</v>
+        <v>344</v>
       </c>
       <c r="E24" t="s">
-        <v>1058</v>
+        <v>345</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1059</v>
+        <v>346</v>
       </c>
       <c r="H24" t="s">
-        <v>1060</v>
+        <v>347</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1061</v>
+        <v>349</v>
       </c>
       <c r="B2" t="s">
-        <v>1062</v>
+        <v>350</v>
       </c>
       <c r="C2" t="s">
-        <v>1063</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>1064</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1065</v>
+        <v>351</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1066</v>
+        <v>352</v>
       </c>
       <c r="H2" t="s">
-        <v>1067</v>
+        <v>353</v>
+      </c>
+      <c r="I2" t="s">
+        <v>354</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>355</v>
+      </c>
+      <c r="B2" t="s">
+        <v>356</v>
+      </c>
+      <c r="C2" t="s">
+        <v>357</v>
+      </c>
+      <c r="D2" t="s">
+        <v>358</v>
+      </c>
+      <c r="E2" t="s">
+        <v>359</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>360</v>
+      </c>
+      <c r="H2" t="s">
+        <v>361</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1061</v>
+        <v>355</v>
       </c>
       <c r="B3" t="s">
-        <v>1068</v>
+        <v>362</v>
       </c>
       <c r="C3" t="s">
-        <v>1069</v>
+        <v>363</v>
       </c>
       <c r="D3" t="s">
-        <v>1070</v>
+        <v>364</v>
       </c>
       <c r="E3" t="s">
-        <v>1071</v>
+        <v>365</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1072</v>
+        <v>366</v>
       </c>
       <c r="H3" t="s">
-        <v>1073</v>
-[...675 lines deleted...]
-        <v>1228</v>
+        <v>367</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H85"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1229</v>
+        <v>368</v>
       </c>
       <c r="B2" t="s">
-        <v>1230</v>
+        <v>369</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>370</v>
       </c>
       <c r="D2" t="s">
-        <v>1231</v>
+        <v>371</v>
       </c>
       <c r="E2" t="s">
-        <v>1232</v>
+        <v>372</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1233</v>
+        <v>373</v>
       </c>
       <c r="H2" t="s">
-        <v>1234</v>
+        <v>374</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1229</v>
+        <v>368</v>
       </c>
       <c r="B3" t="s">
-        <v>1235</v>
+        <v>375</v>
       </c>
       <c r="C3" t="s">
-        <v>1236</v>
+        <v>376</v>
       </c>
       <c r="D3" t="s">
-        <v>1237</v>
+        <v>377</v>
       </c>
       <c r="E3" t="s">
-        <v>1238</v>
+        <v>378</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1239</v>
+        <v>379</v>
       </c>
       <c r="H3" t="s">
-        <v>1240</v>
-[...2131 lines deleted...]
-        <v>1692</v>
+        <v>380</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>