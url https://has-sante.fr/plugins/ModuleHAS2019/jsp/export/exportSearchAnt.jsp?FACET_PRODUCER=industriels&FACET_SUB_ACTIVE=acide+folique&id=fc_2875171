--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -9,94 +9,115 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="86">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
   </si>
   <si>
     <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
   </si>
   <si>
     <t>26/06/2025 00:00:00</t>
   </si>
   <si>
     <t>16/07/2025 10:00:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
   </si>
   <si>
     <t>p_3634754</t>
   </si>
   <si>
     <t>Acidémie Isovalérique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
   </si>
   <si>
     <t>p_3557776</t>
   </si>
   <si>
     <t>Tyrosinémie type 1 (HT-1)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
@@ -117,53 +138,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
   </si>
   <si>
     <t>p_3295061</t>
   </si>
   <si>
     <t>Déficits du cycle de l’urée</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/06/2021 09:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
   </si>
   <si>
     <t>p_3269572</t>
-  </si>
-[...1 lines deleted...]
-    <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
   </si>
   <si>
     <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
   </si>
   <si>
     <t>05/02/2020 00:00:00</t>
   </si>
   <si>
     <t>09/03/2020 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
   </si>
   <si>
     <t>p_3150638</t>
   </si>
   <si>
     <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
   </si>
@@ -299,51 +317,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -359,327 +377,353 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>41</v>
       </c>
       <c r="H7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" t="s">
         <v>44</v>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="E9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>55</v>
       </c>
       <c r="C10" t="s">
         <v>56</v>
       </c>
       <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>58</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
       <c r="C11" t="s">
         <v>62</v>
       </c>
       <c r="D11" t="s">
         <v>63</v>
       </c>
       <c r="E11" t="s">
         <v>64</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>65</v>
       </c>
       <c r="H11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>69</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>71</v>
       </c>
       <c r="H12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
         <v>73</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>74</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>75</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>76</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>77</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>78</v>
       </c>
-      <c r="H13" t="s">
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
         <v>79</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E14" t="s">
+        <v>83</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>84</v>
+      </c>
+      <c r="H14" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>