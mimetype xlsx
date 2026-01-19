--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,116 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +179,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -197,58 +248,136 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>