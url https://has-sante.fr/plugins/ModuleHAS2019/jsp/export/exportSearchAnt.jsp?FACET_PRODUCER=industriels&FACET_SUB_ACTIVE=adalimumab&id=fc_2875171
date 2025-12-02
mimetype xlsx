--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,152 +1,221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="36">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/21/2007 15:10:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 février 2021</t>
+  </si>
+  <si>
+    <t>27/01/2021 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234874/fr/commission-de-la-transparence-reunion-a-distance-du-3-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3234874</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +240,241 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+      <c r="I2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>