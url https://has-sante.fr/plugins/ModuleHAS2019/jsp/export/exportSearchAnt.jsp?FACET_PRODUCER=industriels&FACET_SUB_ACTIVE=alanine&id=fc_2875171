--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,119 +9,98 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
     <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
     <t>07/10/2024 00:00:00</t>
   </si>
   <si>
     <t>07/10/2024 16:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
   </si>
   <si>
     <t>p_3451353</t>
-  </si>
-[...19 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
   </si>
   <si>
     <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>04/01/2004 00:00:00</t>
   </si>
   <si>
     <t>04/01/2004 14:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -146,51 +125,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -206,93 +185,67 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...27 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>