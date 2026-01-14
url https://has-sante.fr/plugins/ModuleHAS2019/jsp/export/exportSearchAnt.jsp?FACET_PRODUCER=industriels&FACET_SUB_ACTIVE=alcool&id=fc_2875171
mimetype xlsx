--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -36,51 +36,51 @@
     <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
     <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
     <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Studies and Reports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Vaccine recommendation" r:id="rId10" sheetId="8"/>
     <sheet name="Export Tool to improve professi" r:id="rId11" sheetId="9"/>
     <sheet name="Export Web page" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="191">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -146,50 +146,68 @@
   <si>
     <t>c_704257</t>
   </si>
   <si>
     <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
   </si>
   <si>
     <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>04/01/2004 00:00:00</t>
   </si>
   <si>
     <t>04/01/2004 14:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
     <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
   </si>
   <si>
     <t>06/19/2025 00:00:00</t>
   </si>
   <si>
     <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Oral and dental care of patients at risk of infective endocarditis</t>
   </si>
   <si>
     <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
   </si>
   <si>
     <t>10/24/2024 00:00:00</t>
@@ -258,50 +276,68 @@
     <t>c_272363</t>
   </si>
   <si>
     <t>Chronic disease guide</t>
   </si>
   <si>
     <t>Care pathway guide: overweight and obesity in children and adolescents</t>
   </si>
   <si>
     <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
   </si>
   <si>
     <t>02/16/2023 00:00:00</t>
   </si>
   <si>
     <t>03/02/2022 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
     <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
   </si>
   <si>
     <t>Assessment of the endoscopic transluminal necrosectomy procedure in the treatment of acute necrotizing pancreatitis</t>
   </si>
   <si>
     <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
     <t>12/16/2024 12:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
   </si>
   <si>
     <t>p_3498436</t>
   </si>
   <si>
     <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
   </si>
   <si>
     <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
   </si>
@@ -723,72 +759,72 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="B2" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="C2" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="H2" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -873,51 +909,51 @@
       </c>
       <c r="D4" t="s">
         <v>31</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
       <c r="H4" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1033,733 +1069,785 @@
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="s">
         <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>63</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>64</v>
       </c>
       <c r="H6" t="s">
         <v>65</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>69</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="C2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="D2" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="E2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="H2" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B2" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="C2" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="D2" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="E2" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="H2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B3" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C3" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D3" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E3" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H3" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B4" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="C4" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="D4" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="E4" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="H4" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B5" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="C5" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="D5" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E5" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H5" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B6" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="C6" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="D6" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="E6" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="H6" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B7" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C7" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="D7" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="E7" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="H7" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B8" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="C8" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="D8" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="E8" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="H8" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="D9" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="E9" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="H9" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="C10" t="s">
-        <v>122</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="E10" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="H10" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C11" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="D11" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="E11" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="H11" t="s">
-        <v>132</v>
+        <v>138</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>139</v>
+      </c>
+      <c r="C12" t="s">
+        <v>140</v>
+      </c>
+      <c r="D12" t="s">
+        <v>141</v>
+      </c>
+      <c r="E12" t="s">
+        <v>142</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>143</v>
+      </c>
+      <c r="H12" t="s">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>133</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="B2" t="s">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="C2" t="s">
-        <v>136</v>
+        <v>148</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>137</v>
+        <v>149</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="H2" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="I2" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="B2" t="s">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="C2" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="D2" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="E2" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="H2" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="B3" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="C3" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="D3" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="E3" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="H3" t="s">
-        <v>153</v>
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="B2" t="s">
-        <v>155</v>
+        <v>167</v>
       </c>
       <c r="C2" t="s">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="D2" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="E2" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="H2" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="B3" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="C3" t="s">
-        <v>162</v>
+        <v>174</v>
       </c>
       <c r="D3" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="E3" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="H3" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="B2" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="C2" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="H2" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>