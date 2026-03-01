--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -36,51 +36,51 @@
     <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
     <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
     <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Studies and Reports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Vaccine recommendation" r:id="rId10" sheetId="8"/>
     <sheet name="Export Tool to improve professi" r:id="rId11" sheetId="9"/>
     <sheet name="Export Web page" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="185">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -198,68 +198,50 @@
     <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Oral and dental care of patients at risk of infective endocarditis</t>
   </si>
   <si>
     <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
   </si>
   <si>
     <t>10/24/2024 00:00:00</t>
   </si>
   <si>
     <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
   </si>
   <si>
     <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
   </si>
   <si>
     <t>03/07/2007 00:00:00</t>
   </si>
   <si>
     <t>05/21/2007 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
     <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
   </si>
   <si>
     <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
   </si>
@@ -759,72 +741,72 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B2" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="C2" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="H2" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -909,51 +891,51 @@
       </c>
       <c r="D4" t="s">
         <v>31</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
       <c r="H4" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1069,785 +1051,759 @@
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="s">
         <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>63</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>64</v>
       </c>
       <c r="H6" t="s">
         <v>65</v>
-      </c>
-[...24 lines deleted...]
-        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D2" t="s">
+        <v>69</v>
+      </c>
+      <c r="E2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>71</v>
+      </c>
+      <c r="H2" t="s">
         <v>72</v>
-      </c>
-[...19 lines deleted...]
-        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H2" t="s">
         <v>79</v>
-      </c>
-[...19 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="C3" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D3" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="E3" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="H3" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="C4" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="D4" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="E4" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="H4" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B5" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="C5" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="D5" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="E5" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="H5" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B6" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="C6" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="D6" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="E6" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="H6" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B7" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="C7" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="D7" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="E7" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="H7" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="C8" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D8" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="E8" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="H8" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C9" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="D9" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="E9" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="H9" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="E10" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="H10" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="C11" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D11" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="E11" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="H11" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B12" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="C12" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D12" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="E12" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="H12" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+      <c r="I2" t="s">
         <v>146</v>
-      </c>
-[...22 lines deleted...]
-        <v>152</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>147</v>
+      </c>
+      <c r="B2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D2" t="s">
+        <v>150</v>
+      </c>
+      <c r="E2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>152</v>
+      </c>
+      <c r="H2" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="B3" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="C3" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="D3" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="E3" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="H3" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B2" t="s">
+        <v>161</v>
+      </c>
+      <c r="C2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>165</v>
+      </c>
+      <c r="H2" t="s">
         <v>166</v>
-      </c>
-[...19 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="B3" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="C3" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="D3" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="E3" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="H3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B2" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C2" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="H2" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>