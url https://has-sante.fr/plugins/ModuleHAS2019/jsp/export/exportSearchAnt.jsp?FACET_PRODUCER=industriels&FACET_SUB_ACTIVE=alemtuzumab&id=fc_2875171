--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -35,90 +35,90 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>08/10/2025 11:08:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>