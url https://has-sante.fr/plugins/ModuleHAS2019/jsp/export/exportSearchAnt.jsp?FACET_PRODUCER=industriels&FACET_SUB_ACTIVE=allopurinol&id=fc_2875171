--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,95 +9,128 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +140,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>