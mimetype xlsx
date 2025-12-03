--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -446,51 +446,51 @@
   <si>
     <t>c_2832239</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
   </si>
   <si>
     <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
   </si>
   <si>
     <t>07/07/2025 18:09:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3634637</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 14:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
   </si>
   <si>
     <t>La HAS publie ce jour la recommandation pour la vaccination contre les infections à pneumocoques chez les adultes séniors, tous niveaux de risque inclus.</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>28/01/2025 10:58:00</t>
   </si>