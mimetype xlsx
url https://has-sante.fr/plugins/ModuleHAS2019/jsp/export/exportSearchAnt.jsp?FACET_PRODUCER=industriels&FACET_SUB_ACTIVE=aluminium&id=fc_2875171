--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="188">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -150,50 +150,68 @@
     <t>Ministère du Travail, de l'Emploi et de la Santé</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
   </si>
   <si>
     <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
   </si>
   <si>
     <t>04/06/2008 00:00:00</t>
   </si>
   <si>
     <t>26/03/2009 11:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_759760</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
   </si>
   <si>
     <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
   </si>
   <si>
     <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
   </si>
   <si>
     <t>12/06/2025 00:00:00</t>
   </si>
   <si>
     <t>04/07/2025 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
   </si>
   <si>
     <t>p_3342082</t>
   </si>
   <si>
     <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
   </si>
   <si>
     <t>28/01/2021 00:00:00</t>
   </si>
@@ -837,51 +855,51 @@
       </c>
       <c r="D2" t="s">
         <v>34</v>
       </c>
       <c r="E2" t="s">
         <v>35</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>36</v>
       </c>
       <c r="H2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -903,77 +921,77 @@
       </c>
       <c r="D2" t="s">
         <v>41</v>
       </c>
       <c r="E2" t="s">
         <v>42</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>43</v>
       </c>
       <c r="H2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>38</v>
       </c>
       <c r="B3" t="s">
         <v>45</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>52</v>
       </c>
       <c r="E4" t="s">
         <v>53</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
         <v>54</v>
       </c>
       <c r="H4" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" t="s">
         <v>56</v>
       </c>
       <c r="C5" t="s">
@@ -1049,736 +1067,762 @@
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>75</v>
       </c>
       <c r="D8" t="s">
         <v>76</v>
       </c>
       <c r="E8" t="s">
         <v>77</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
         <v>78</v>
       </c>
       <c r="H8" t="s">
         <v>79</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>83</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>84</v>
+      </c>
+      <c r="H9" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C2" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D2" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E2" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="H2" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B2" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="C2" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="D2" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="E2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="H2" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B3" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="C3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D3" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E3" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="H3" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B4" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C4" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="D4" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="E4" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="H4" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B5" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C5" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D5" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E5" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="H5" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="H2" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="I2" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B3" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="H3" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="I3" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B2" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C2" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="D2" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="E2" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="H2" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B2" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C2" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="H2" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="C3" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="D3" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="E3" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="H3" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B4" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C4" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="D4" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="E4" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="H4" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B5" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C5" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="D5" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="E5" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="H5" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B6" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C6" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="D6" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="E6" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="H6" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B7" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C7" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="D7" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="E7" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="H7" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B8" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C8" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="D8" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="E8" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="H8" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B9" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C9" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="D9" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="E9" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="H9" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B2" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C2" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="H2" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>