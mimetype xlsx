--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,188 +9,269 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="56">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -206,93 +287,223 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+      <c r="C5" t="s">
         <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>