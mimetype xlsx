--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,149 +9,188 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +204,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>