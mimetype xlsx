--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,207 +1,711 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Produits pour nutrition à domicile et prestations associées</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>27/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2006 14:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_479172/fr/produits-pour-nutrition-a-domicile-et-prestations-associees</t>
+  </si>
+  <si>
+    <t>c_479172</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Réunion du 20 octobre 2020</t>
+  </si>
+  <si>
+    <t>19/10/2020 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213262/fr/reunion-du-20-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3213262</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+      <c r="I2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>