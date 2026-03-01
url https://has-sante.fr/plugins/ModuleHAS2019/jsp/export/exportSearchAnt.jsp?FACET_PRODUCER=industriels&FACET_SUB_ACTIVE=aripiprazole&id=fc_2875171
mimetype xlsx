--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -35,72 +35,72 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
-[...2 lines deleted...]
-    <t>c_953959</t>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">