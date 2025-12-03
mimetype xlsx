--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,92 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="48">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
     <t>Practice guidelines</t>
   </si>
   <si>
     <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
   </si>
   <si>
     <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
   </si>
   <si>
     <t>09/01/2004 00:00:00</t>
   </si>
   <si>
     <t>09/01/2004 17:51:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
     <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
   </si>
   <si>
     <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
   </si>
   <si>
     <t>10/17/2024 00:00:00</t>
   </si>
   <si>
     <t>11/06/2024 10:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
@@ -182,51 +203,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -268,119 +289,145 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>