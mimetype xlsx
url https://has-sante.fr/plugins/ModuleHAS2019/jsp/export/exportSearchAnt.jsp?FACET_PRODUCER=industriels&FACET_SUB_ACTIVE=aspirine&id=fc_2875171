--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,433 +1,2452 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="434" uniqueCount="267">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...5 lines deleted...]
-    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>1 MINUTE POUR MON COEUR</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>08/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:44:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604459/fr/1-minute-pour-mon-coeur</t>
+  </si>
+  <si>
+    <t>p_3604459</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients ayant une insuffisance cardiaque chronique</t>
+  </si>
+  <si>
+    <t>NEW CARD</t>
+  </si>
+  <si>
+    <t>LAMBRE</t>
+  </si>
+  <si>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546394/fr/lambre</t>
+  </si>
+  <si>
+    <t>p_3546394</t>
+  </si>
+  <si>
+    <t>Dispositif de fermeture transcutanée de l’appendice auriculaire gauche</t>
+  </si>
+  <si>
+    <t>DiMedCare SAS (France)</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la dengue - Place du vaccin Qdenga</t>
+  </si>
+  <si>
+    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/17/2024 11:07:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+    <t>17/12/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
+  </si>
+  <si>
+    <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3445524</t>
+  </si>
+  <si>
+    <t>Parcours de soins de l’adulte avec des symptômes prolongés de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS a été saisie par le ministre de la Santé (par un courrier en date du 31 août 2023) pour « élaborer un guide parcours de soins pour le Covid long afin de préciser le rôle de chaque professionnel, l’articulation entre les différents acteurs et niveaux de prise en charge des patients présentant un état post-covid, selon la nature de leurs troubles et la complexité de leur situation. Il s’agit d’apporter une réponse adaptée aux besoins des personnes, réduire l’errance médicale, faciliter et harmoniser l’organisation de la prise en charge sur l’ensemble du territoire ». Ce guide concerne la population des adultes et adolescents de 15 ans ou plus.</t>
+  </si>
+  <si>
+    <t>11/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2024 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3507843/fr/parcours-de-soins-de-l-adulte-avec-des-symptomes-prolonges-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3507843</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Le dossier médical en santé au travail</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’améliorer la qualité des informations du dossier médical en santé au travail (DMST) afin de permettre d’évaluer le lien entre l’état de santé du travailleur et le(s) poste(s) et les conditions de travail actuels et antérieurs. L’accent est mis sur la traçabilité des expositions professionnelles, des données de santé et des informations, propositions et avis délivrés au travailleur par le médecin du travail.</t>
+  </si>
+  <si>
+    <t>21/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 13:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_757826/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_757826</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Actions et propositions de la HAS pour la qualité et la sécurité des soins et pour la pérennité du système de santé</t>
+  </si>
+  <si>
+    <t>Depuis un an, la HAS a engagé l’ensemble de ses services dans des chantiers afin d’affirmer sa place dans la régulation par la qualité et l’efficience : avis d’efficience sur les médicaments et dispositifs médicaux les plus innovants, renforcement des critères d’évaluation des établissements de santé et des pratiques médicales et déploiement de parcours de soins ou de programmes d’appui aux équipes sur la gestion des risques. Tous ces chantiers doivent contribuer à la soutenabilité du système de santé. Dans cette optique, la HAS apporte sa contribution aux évolutions de ce système en émettant un avis sur le projet de loi de santé. Elle propose aux pouvoirs publics des amendements et des propositions sur les enjeux et évolutions qu’elle juge primordiaux.</t>
+  </si>
+  <si>
+    <t>29/09/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765072/fr/actions-et-propositions-de-la-has-pour-la-qualite-et-la-securite-des-soins-et-pour-la-perennite-du-systeme-de-sante</t>
+  </si>
+  <si>
+    <t>c_1765072</t>
+  </si>
+  <si>
+    <t>La HAS évalue les dispositifs d’automesure dans la surveillance de la coagulation du sang</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a évalué l’intérêt, dans le système de santé français, de rembourser ou non des dispositifs d’automesure de la coagulation du sang chez les patients recevant un traitement anticoagulant par antivitamines K. La HAS recommande ce remboursement chez les enfants. En revanche elle ne le recommande pas chez les adultes dans les conditions actuelles.</t>
+  </si>
+  <si>
+    <t>09/02/2009 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_744911/fr/la-has-evalue-les-dispositifs-d-automesure-dans-la-surveillance-de-la-coagulation-du-sang</t>
+  </si>
+  <si>
+    <t>c_744911</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2024 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3357728</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Évaluation des complications de la cryolipolyse à visée esthétique - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer les complications de l’acte de cryolipolyse à visée esthétique, technique externe de lipolyse basée sur le froid, utilisée localement sur des zones de bourrelets de graisse sous-cutanée (abdomen, cuisses, flancs, bras, sous-menton, pectoraux). Cette évaluation est menée afin de répondre à la Direction générale de la santé sur l’éventuelle dangerosité que pourrait présenter cette technique</t>
+  </si>
+  <si>
+    <t>11/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2865012</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...5 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les dispositifs de fermeture de l’appendice auriculaire gauche par voie transcutanée et de l’acte professionnel associé en vue de leur remboursement. Cette évaluation a pour objectifs, notamment, de : définir les indications ; évaluer l’intérêt des implants de fermeture de l’AAG par voie transcutanée chez des patients en FA non valvulaire, en prévention primaire ou secondaire des AVC en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/09/2014 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760241/fr/evaluation-de-l-occlusion-de-l-appendice-auriculaire-gauche-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1760241</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique direct précoce du Chikungunya par détection génomique du virus avec RT-PCR (transcription inverse et amplification génique par réaction de polymérisation en chaîne)</t>
+  </si>
+  <si>
+    <t>Évaluer l’intérêt diagnostique et économique du test RT-PCR (reverse transcriptase - polymerase chain reaction), en vue d’une potentielle inscription à la Nomenclature des actes de biologie médicale (NABM) et d’améliorer ainsi le diagnostic direct précoce du chikungunya</t>
+  </si>
+  <si>
+    <t>30/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2013 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1253648/fr/diagnostic-biologique-direct-precoce-du-chikungunya-par-detection-genomique-du-virus-avec-rt-pcr-transcription-inverse-et-amplification-genique-par-reaction-de-polymerisation-en-chaine</t>
+  </si>
+  <si>
+    <t>c_1253648</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
+  </si>
+  <si>
+    <t>Évaluation des stimulateurs cardiaques conventionnels, place respective des stimulateurs simple et double chambre</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de stimulateurs conventionnels, afin de : s’assurer du bien fondé de leur remboursement ; définir les indications et les situations cliniques d’utilisation des différents types d’appareils ; réévaluer l’intérêt des stimulateurs simple et double chambre en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les stimulateurs inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2009 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749863/fr/evaluation-des-stimulateurs-cardiaques-conventionnels-place-respective-des-stimulateurs-simple-et-double-chambre</t>
+  </si>
+  <si>
+    <t>c_749863</t>
+  </si>
+  <si>
+    <t>Évaluation de l’autosurveillance de l’INR chez les patients adultes traités par antivitamines K</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt, dans le système de santé français, de l’autosurveillance de la coagulation du sang chez les patients adultes traités par antivitamines K utilisant un dispositif d’automesure de l’INR, en vue d’une éventuelle prise en charge de cette technologie par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2008 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_745452/fr/evaluation-de-l-autosurveillance-de-l-inr-chez-les-patients-adultes-traites-par-antivitamines-k</t>
+  </si>
+  <si>
+    <t>c_745452</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 17 décembre 2019</t>
+  </si>
+  <si>
+    <t>14/11/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116193/fr/ceesp-reunion-du-17-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3116193</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>16/09/2016 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2669200/fr/college-deliberatif-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2669200</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 19 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624056/fr/cnedimts-reunion-du-19-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624056</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) émet des recommandations établissant l’intérêt et les conditions d’une extension des compétences en matière de vaccination des infirmiers, des sages-femmes et des pharmaciens ainsi que les formations et/ou les pré-requis nécessaires à la pratique de ces vaccinations. Cette recommandation porte uniquement sur la vaccination contre la grippe saisonnière. D’autres travaux à venir traiteront de l’ensemble des vaccinations de l’enfance, de l’adolescence et de l’âge adulte.</t>
+  </si>
+  <si>
+    <t>25/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867268/fr/recommandation-vaccinale-sur-l-extension-des-competences-des-professionnels-de-sante-en-matiere-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>c_2867268</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
+  </si>
+  <si>
+    <t>Archives historiques</t>
+  </si>
+  <si>
+    <t>La Section archives de la HAS met à la disposition des chercheurs deux instruments de recherche. Il s’agit de répertoires numériques proposant une description détaillée.</t>
+  </si>
+  <si>
+    <t>05/05/2011 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_462982/fr/archives-historiques</t>
+  </si>
+  <si>
+    <t>c_462982</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
+        <v>75</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>76</v>
+      </c>
+      <c r="H7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
         <v>45</v>
       </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>80</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>81</v>
+      </c>
+      <c r="H8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>85</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>86</v>
+      </c>
+      <c r="H9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>89</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>90</v>
+      </c>
+      <c r="H10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D2" t="s">
+        <v>95</v>
+      </c>
+      <c r="E2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>97</v>
+      </c>
+      <c r="H2" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D3" t="s">
+        <v>101</v>
+      </c>
+      <c r="E3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>103</v>
+      </c>
+      <c r="H3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>92</v>
+      </c>
+      <c r="B4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D4" t="s">
+        <v>107</v>
+      </c>
+      <c r="E4" t="s">
+        <v>108</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>109</v>
+      </c>
+      <c r="H4" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B5" t="s">
+        <v>111</v>
+      </c>
+      <c r="C5" t="s">
+        <v>112</v>
+      </c>
+      <c r="D5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E5" t="s">
+        <v>114</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>115</v>
+      </c>
+      <c r="H5" t="s">
+        <v>116</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>121</v>
+      </c>
+      <c r="H2" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>126</v>
+      </c>
+      <c r="H3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B2" t="s">
+        <v>129</v>
+      </c>
+      <c r="C2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D2" t="s">
+        <v>131</v>
+      </c>
+      <c r="E2" t="s">
+        <v>132</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>133</v>
+      </c>
+      <c r="H2" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B3" t="s">
+        <v>135</v>
+      </c>
+      <c r="C3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>137</v>
+      </c>
+      <c r="E3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>139</v>
+      </c>
+      <c r="H3" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B4" t="s">
+        <v>141</v>
+      </c>
+      <c r="C4" t="s">
+        <v>142</v>
+      </c>
+      <c r="D4" t="s">
+        <v>143</v>
+      </c>
+      <c r="E4" t="s">
+        <v>144</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>145</v>
+      </c>
+      <c r="H4" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>128</v>
+      </c>
+      <c r="B5" t="s">
+        <v>147</v>
+      </c>
+      <c r="C5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D5" t="s">
+        <v>149</v>
+      </c>
+      <c r="E5" t="s">
+        <v>150</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>151</v>
+      </c>
+      <c r="H5" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>128</v>
+      </c>
+      <c r="B6" t="s">
+        <v>153</v>
+      </c>
+      <c r="C6" t="s">
+        <v>154</v>
+      </c>
+      <c r="D6" t="s">
+        <v>149</v>
+      </c>
+      <c r="E6" t="s">
+        <v>150</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>155</v>
+      </c>
+      <c r="H6" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>128</v>
+      </c>
+      <c r="B7" t="s">
+        <v>157</v>
+      </c>
+      <c r="C7" t="s">
+        <v>158</v>
+      </c>
+      <c r="D7" t="s">
+        <v>159</v>
+      </c>
+      <c r="E7" t="s">
+        <v>160</v>
+      </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>161</v>
       </c>
       <c r="H7" t="s">
-        <v>47</v>
+        <v>162</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>128</v>
+      </c>
+      <c r="B8" t="s">
+        <v>163</v>
+      </c>
+      <c r="C8" t="s">
+        <v>164</v>
+      </c>
+      <c r="D8" t="s">
+        <v>165</v>
+      </c>
+      <c r="E8" t="s">
+        <v>166</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>167</v>
+      </c>
+      <c r="H8" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>128</v>
+      </c>
+      <c r="B9" t="s">
+        <v>169</v>
+      </c>
+      <c r="C9" t="s">
+        <v>170</v>
+      </c>
+      <c r="D9" t="s">
+        <v>171</v>
+      </c>
+      <c r="E9" t="s">
+        <v>172</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>173</v>
+      </c>
+      <c r="H9" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>128</v>
+      </c>
+      <c r="B10" t="s">
+        <v>175</v>
+      </c>
+      <c r="C10" t="s">
+        <v>176</v>
+      </c>
+      <c r="D10" t="s">
+        <v>177</v>
+      </c>
+      <c r="E10" t="s">
+        <v>178</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>179</v>
+      </c>
+      <c r="H10" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>128</v>
+      </c>
+      <c r="B11" t="s">
+        <v>181</v>
+      </c>
+      <c r="C11" t="s">
+        <v>182</v>
+      </c>
+      <c r="D11" t="s">
+        <v>183</v>
+      </c>
+      <c r="E11" t="s">
+        <v>184</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>185</v>
+      </c>
+      <c r="H11" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>128</v>
+      </c>
+      <c r="B12" t="s">
+        <v>187</v>
+      </c>
+      <c r="C12" t="s">
+        <v>188</v>
+      </c>
+      <c r="D12" t="s">
+        <v>189</v>
+      </c>
+      <c r="E12" t="s">
+        <v>190</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>191</v>
+      </c>
+      <c r="H12" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>128</v>
+      </c>
+      <c r="B13" t="s">
+        <v>193</v>
+      </c>
+      <c r="C13" t="s">
+        <v>194</v>
+      </c>
+      <c r="D13" t="s">
+        <v>195</v>
+      </c>
+      <c r="E13" t="s">
+        <v>196</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>197</v>
+      </c>
+      <c r="H13" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>128</v>
+      </c>
+      <c r="B14" t="s">
+        <v>199</v>
+      </c>
+      <c r="C14" t="s">
+        <v>200</v>
+      </c>
+      <c r="D14" t="s">
+        <v>201</v>
+      </c>
+      <c r="E14" t="s">
+        <v>202</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>203</v>
+      </c>
+      <c r="H14" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" t="s">
+        <v>205</v>
+      </c>
+      <c r="C15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D15" t="s">
+        <v>207</v>
+      </c>
+      <c r="E15" t="s">
+        <v>208</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>209</v>
+      </c>
+      <c r="H15" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>211</v>
+      </c>
+      <c r="C16" t="s">
+        <v>212</v>
+      </c>
+      <c r="D16" t="s">
+        <v>213</v>
+      </c>
+      <c r="E16" t="s">
+        <v>214</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>215</v>
+      </c>
+      <c r="H16" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>217</v>
+      </c>
+      <c r="C17" t="s">
+        <v>218</v>
+      </c>
+      <c r="D17" t="s">
+        <v>219</v>
+      </c>
+      <c r="E17" t="s">
+        <v>220</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>221</v>
+      </c>
+      <c r="H17" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>223</v>
+      </c>
+      <c r="C18" t="s">
+        <v>224</v>
+      </c>
+      <c r="D18" t="s">
+        <v>225</v>
+      </c>
+      <c r="E18" t="s">
+        <v>226</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>227</v>
+      </c>
+      <c r="H18" t="s">
+        <v>228</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>230</v>
+      </c>
+      <c r="B2" t="s">
+        <v>231</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>232</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>233</v>
+      </c>
+      <c r="H2" t="s">
+        <v>234</v>
+      </c>
+      <c r="I2" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B3" t="s">
+        <v>236</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>238</v>
+      </c>
+      <c r="H3" t="s">
+        <v>239</v>
+      </c>
+      <c r="I3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>230</v>
+      </c>
+      <c r="B4" t="s">
+        <v>240</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>241</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>242</v>
+      </c>
+      <c r="H4" t="s">
+        <v>243</v>
+      </c>
+      <c r="I4" t="s">
+        <v>235</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>244</v>
+      </c>
+      <c r="B2" t="s">
+        <v>245</v>
+      </c>
+      <c r="C2" t="s">
+        <v>246</v>
+      </c>
+      <c r="D2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>249</v>
+      </c>
+      <c r="H2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>251</v>
+      </c>
+      <c r="B2" t="s">
+        <v>252</v>
+      </c>
+      <c r="C2" t="s">
+        <v>253</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>254</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>255</v>
+      </c>
+      <c r="H2" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B3" t="s">
+        <v>257</v>
+      </c>
+      <c r="C3" t="s">
+        <v>258</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>260</v>
+      </c>
+      <c r="H3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>251</v>
+      </c>
+      <c r="B4" t="s">
+        <v>262</v>
+      </c>
+      <c r="C4" t="s">
+        <v>263</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>265</v>
+      </c>
+      <c r="H4" t="s">
+        <v>266</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>