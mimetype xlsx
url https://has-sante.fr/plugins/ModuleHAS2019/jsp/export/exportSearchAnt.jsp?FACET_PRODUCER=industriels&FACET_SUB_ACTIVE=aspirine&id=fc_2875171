--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="434" uniqueCount="267">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="442" uniqueCount="272">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -171,50 +171,65 @@
     <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
   </si>
   <si>
     <t>c_1615995</t>
   </si>
   <si>
     <t>Principes de dépistage du diabète de type 2</t>
   </si>
   <si>
     <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
   </si>
   <si>
     <t>01/02/2003 00:00:00</t>
   </si>
   <si>
     <t>01/02/2003 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
   </si>
   <si>
     <t>c_464100</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
   </si>
   <si>
     <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
   </si>
   <si>
     <t>23/10/2025 00:00:00</t>
   </si>
   <si>
     <t>28/10/2025 10:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
   </si>
   <si>
     <t>p_3445524</t>
   </si>
   <si>
     <t>Parcours de soins de l’adulte avec des symptômes prolongés de la Covid-19</t>
   </si>
   <si>
     <t>La HAS a été saisie par le ministre de la Santé (par un courrier en date du 31 août 2023) pour « élaborer un guide parcours de soins pour le Covid long afin de préciser le rôle de chaque professionnel, l’articulation entre les différents acteurs et niveaux de prise en charge des patients présentant un état post-covid, selon la nature de leurs troubles et la complexité de leur situation. Il s’agit d’apporter une réponse adaptée aux besoins des personnes, réduire l’errance médicale, faciliter et harmoniser l’organisation de la prise en charge sur l’ensemble du territoire ». Ce guide concerne la population des adultes et adolescents de 15 ans ou plus.</t>
   </si>
@@ -1112,146 +1127,146 @@
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>42</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>43</v>
       </c>
       <c r="H4" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>45</v>
       </c>
       <c r="B2" t="s">
         <v>46</v>
       </c>
       <c r="C2" t="s">
         <v>47</v>
       </c>
       <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>48</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>49</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
         <v>52</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>53</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>54</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>55</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>45</v>
       </c>
       <c r="B4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C4" t="s">
         <v>58</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>60</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>61</v>
       </c>
       <c r="H4" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>63</v>
       </c>
       <c r="C5" t="s">
         <v>64</v>
       </c>
       <c r="D5" t="s">
@@ -1357,1096 +1372,1122 @@
       </c>
       <c r="C9" t="s">
         <v>84</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>85</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>86</v>
       </c>
       <c r="H9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>45</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>89</v>
       </c>
       <c r="D10" t="s">
-        <v>88</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H10" t="s">
-        <v>91</v>
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>94</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>95</v>
+      </c>
+      <c r="H11" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="D2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="E2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="H2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="D3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="E3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="H3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B4" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C4" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="D4" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="E4" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="H4" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B5" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="C5" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="D5" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="E5" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="H5" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="H2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="C3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="H3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B2" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="D2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="E2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="H2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B3" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C3" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D3" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E3" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="H3" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B4" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C4" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="D4" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="E4" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H4" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B5" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C5" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D5" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="E5" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H5" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B6" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C6" t="s">
+        <v>159</v>
+      </c>
+      <c r="D6" t="s">
         <v>154</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="H6" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B7" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C7" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D7" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="E7" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="H7" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B8" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C8" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D8" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="E8" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="H8" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B9" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C9" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D9" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="E9" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="H9" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B10" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C10" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D10" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="E10" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="H10" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B11" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C11" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D11" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E11" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="H11" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C12" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="D12" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="E12" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="H12" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B13" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C13" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="D13" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E13" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="H13" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B14" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C14" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="D14" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="E14" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="H14" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B15" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="C15" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="D15" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="E15" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="H15" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B16" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C16" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="D16" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="E16" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="H16" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B17" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="C17" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="D17" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="E17" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="H17" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B18" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C18" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D18" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="H18" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="B2" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H2" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="I2" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="B3" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="H3" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="I3" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="B4" t="s">
+        <v>245</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>246</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>247</v>
+      </c>
+      <c r="H4" t="s">
+        <v>248</v>
+      </c>
+      <c r="I4" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>235</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="B2" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="E2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="H2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B2" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C2" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="H2" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B3" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C3" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="H3" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B4" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C4" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="H4" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>