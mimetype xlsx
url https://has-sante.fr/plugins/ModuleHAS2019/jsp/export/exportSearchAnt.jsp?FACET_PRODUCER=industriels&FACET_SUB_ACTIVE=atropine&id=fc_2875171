--- v0 (2025-10-19)
+++ v1 (2026-01-14)
@@ -9,413 +9,199 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2024 17:27:00</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
   </si>
   <si>
     <t>p_3424326</t>
-  </si>
-[...49 lines deleted...]
-    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...120 lines deleted...]
-        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>