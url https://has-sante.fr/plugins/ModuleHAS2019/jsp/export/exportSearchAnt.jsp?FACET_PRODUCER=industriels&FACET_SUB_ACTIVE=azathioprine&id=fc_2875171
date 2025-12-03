--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,122 +9,140 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
     <t>Health technology assessment</t>
   </si>
   <si>
     <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
   </si>
   <si>
     <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
   </si>
   <si>
     <t>10/17/2024 00:00:00</t>
   </si>
   <si>
     <t>11/06/2024 10:26:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
     <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
   </si>
   <si>
     <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
   </si>
   <si>
     <t>09/27/2017 00:00:00</t>
   </si>
   <si>
     <t>10/18/2017 16:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
     <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-  </si>
-[...1 lines deleted...]
-    <t>-</t>
   </si>
   <si>
     <t>06/25/2014 00:00:00</t>
   </si>
   <si>
     <t>07/22/2014 15:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -143,51 +161,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -203,93 +221,119 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>