--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -9,149 +9,218 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="57">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>10/08/2025 11:08:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus chez les personnes immunodéprimées (hors PVVIH)</t>
+  </si>
+  <si>
+    <t>La HAS émet une recommandation de santé publique sur le dépistage du cancer du col de l’utérus (CCU) chez les personnes immunodéprimées (hors celles vivant avec le VIH) pour prendre en compte le risque plus élevé par rapport à la population générale. La recommandation cible les personnes immunodéprimées et plus spécifiquement atteintes de déficit immunitaire primitif ou congénital, greffées (par organe solide ou cellules souches hématopoïétiques), atteintes de lupus systémique et/ou sous traitements immunosuppresseurs. Il est recommandé un dépistage annuel de 25 à 29 ans par cytologie, suivi d’un dépistage tous les 3 ans par test HPV-HR à partir de 30 ans.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2025 11:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -161,51 +230,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -230,110 +299,214 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
         <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>