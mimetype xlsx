--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,116 +9,182 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,127 +194,231 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>