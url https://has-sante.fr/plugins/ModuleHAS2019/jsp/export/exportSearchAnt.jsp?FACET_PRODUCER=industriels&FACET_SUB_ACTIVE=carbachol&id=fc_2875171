--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>01/09/2004 17:51:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>