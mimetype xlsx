--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,152 +1,248 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>03/17/2015 18:20:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col de l’utérus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer les données de sécurité et d’efficacité cliniques du traitement du cancer de col de l’utérus par Radiothérapie conformationnelle avec modulation d’intensité (RCMI), en vue de sa prise en charge par l’Assurance Maladie, le comparateur étant la radiothérapie conformationnelle en trois dimensions (RTC-3D).</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-de-l-uterus</t>
   </si>
   <si>
     <t>c_2019236</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 février 2021</t>
+  </si>
+  <si>
+    <t>27/01/2021 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234874/fr/commission-de-la-transparence-reunion-a-distance-du-3-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3234874</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 mars 2020</t>
+  </si>
+  <si>
+    <t>05/05/2020 17:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182703/fr/ceesp-reunion-du-10-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3182703</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 octobre 2019</t>
+  </si>
+  <si>
+    <t>11/10/2019 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112411/fr/ceesp-reunion-du-15-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3112411</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +267,299 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+      <c r="I2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+      <c r="I3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" t="s">
+        <v>44</v>
+      </c>
+      <c r="I4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>