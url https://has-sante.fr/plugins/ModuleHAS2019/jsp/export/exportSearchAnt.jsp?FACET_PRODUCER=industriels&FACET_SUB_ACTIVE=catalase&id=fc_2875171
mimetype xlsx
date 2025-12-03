--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,87 +35,87 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...11 lines deleted...]
-    <t>09/06/2017 09:57:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>