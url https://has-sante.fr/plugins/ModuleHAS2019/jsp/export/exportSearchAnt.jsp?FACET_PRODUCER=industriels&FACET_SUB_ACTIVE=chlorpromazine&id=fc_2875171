--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -35,90 +35,90 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>08/07/2020 09:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
   </si>
   <si>
     <t>p_3192841</t>
-  </si>
-[...19 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
     <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
   </si>
   <si>
     <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
   </si>
   <si>
     <t>22/12/2015 12:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
   </si>
   <si>
     <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -192,103 +192,103 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>