--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,254 +1,1059 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...5 lines deleted...]
-    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Systèmes de nébulisation pour aérosolthérapie</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2007 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483505/fr/systemes-de-nebulisation-pour-aerosoltherapie</t>
+  </si>
+  <si>
+    <t>c_483505</t>
+  </si>
+  <si>
+    <t>Direction Générale de la Santé / Direction de la Sécurité Sociale</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
+  </si>
+  <si>
+    <t>p_3215914</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
+  </si>
+  <si>
+    <t>p_3215918</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux pour la Perfusion à Domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de dispositifs médicaux pour la perfusion à domicile ainsi que les prestations associées, afin de s’assurer du bien fondé du renouvellement de leur remboursement. Cette réévaluation a pour objectifs, notamment, de : évaluer le service rendu des dispositifs médicaux pour la perfusion à domicile en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs médicaux pour la perfusion à domicile ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1198113</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 7 juillet 2020</t>
+  </si>
+  <si>
+    <t>03/07/2020 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192719/fr/cnedimts-reunion-du-7-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192719</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
+  </si>
+  <si>
+    <t>07/07/2025 18:09:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3634637</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>06/13/2024 10:35:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...17 lines deleted...]
-    <t>c_1198113</t>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>18</v>
       </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>54</v>
+      </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>58</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
+      <c r="I2" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>74</v>
+      </c>
+      <c r="H3" t="s">
+        <v>75</v>
+      </c>
+      <c r="I3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>80</v>
+      </c>
+      <c r="H2" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D3" t="s">
+        <v>84</v>
+      </c>
+      <c r="E3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D4" t="s">
+        <v>90</v>
+      </c>
+      <c r="E4" t="s">
+        <v>91</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>92</v>
+      </c>
+      <c r="H4" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E5" t="s">
+        <v>97</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>98</v>
+      </c>
+      <c r="H5" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>