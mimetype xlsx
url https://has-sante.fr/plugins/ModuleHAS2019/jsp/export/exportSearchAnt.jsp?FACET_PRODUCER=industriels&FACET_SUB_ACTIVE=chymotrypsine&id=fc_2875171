--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...11 lines deleted...]
-    <t>09/06/2017 09:57:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>