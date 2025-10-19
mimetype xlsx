--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,211 +1,427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="102">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 février 2021</t>
+  </si>
+  <si>
+    <t>27/01/2021 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234874/fr/commission-de-la-transparence-reunion-a-distance-du-3-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3234874</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 février 2020</t>
+  </si>
+  <si>
+    <t>09/03/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161572/fr/ceesp-reunion-du-11-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3161572</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -219,121 +435,602 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="B6" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
-[...9 lines deleted...]
-        <v>33</v>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>59</v>
+      </c>
+      <c r="H2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>63</v>
+      </c>
+      <c r="E3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D4" t="s">
+        <v>69</v>
+      </c>
+      <c r="E4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>71</v>
+      </c>
+      <c r="H4" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E5" t="s">
+        <v>76</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>77</v>
+      </c>
+      <c r="H5" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>79</v>
+      </c>
+      <c r="C6" t="s">
+        <v>80</v>
+      </c>
+      <c r="D6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E6" t="s">
+        <v>82</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H6" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D7" t="s">
+        <v>87</v>
+      </c>
+      <c r="E7" t="s">
+        <v>88</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>89</v>
+      </c>
+      <c r="H7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+      <c r="I2" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>100</v>
+      </c>
+      <c r="H3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>