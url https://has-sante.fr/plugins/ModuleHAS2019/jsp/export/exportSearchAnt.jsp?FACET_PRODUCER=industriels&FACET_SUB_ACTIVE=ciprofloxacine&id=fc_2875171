--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,188 +9,350 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Tous engagés pour un meilleur usage des antibiotiques</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée européenne d’information sur les antibiotiques du 18 novembre, les acteurs engagés dans la lutte contre l’antibiorésistance publient un état des lieux de la consommation des antibiotiques et de la résistance bactérienne, en santé humaine et animale en France, ainsi que les pistes d’actions pour l’avenir dans une approche « une seule santé ». La pandémie de Covid-19 a eu un impact certain en santé humaine : la diminution de la consommation en ville est très nette, l’activité hospitalière a évolué de manière différente en lien avec la prise en charge des patients Covid-19. En santé animale, les objectifs des plans Ecoantibio sont atteints. Ces progrès notables nécessitent de poursuivre les efforts individuellement et collectivement.</t>
+  </si>
+  <si>
+    <t>18/11/2021 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298977/fr/tous-engages-pour-un-meilleur-usage-des-antibiotiques</t>
+  </si>
+  <si>
+    <t>p_3298977</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -232,67 +394,301 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>69</v>
+      </c>
+      <c r="H11" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>71</v>
+      </c>
+      <c r="C12" t="s">
+        <v>72</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>75</v>
+      </c>
+      <c r="H12" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>77</v>
+      </c>
+      <c r="B13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>81</v>
+      </c>
+      <c r="H13" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>