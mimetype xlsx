--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,193 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="84">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>08/05/2015 10:58:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Xeroderma Pigmentosum</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du canal anal</t>
+  </si>
+  <si>
+    <t>Ce rapport présente l'évaluation de la HAS concernant l'utilisation de la radiothérapie conformationnelle avec modulation d’intensité dans le traitement du cancer du canal anal.</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
   </si>
   <si>
     <t>c_1364144</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col de l’utérus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer les données de sécurité et d’efficacité cliniques du traitement du cancer de col de l’utérus par Radiothérapie conformationnelle avec modulation d’intensité (RCMI), en vue de sa prise en charge par l’Assurance Maladie, le comparateur étant la radiothérapie conformationnelle en trois dimensions (RTC-3D).</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-de-l-uterus</t>
   </si>
   <si>
     <t>c_2019236</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 3 mars 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494643/fr/college-deliberatif-du-3-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3494643</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22  septembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494778/fr/college-deliberatif-du-22-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494778</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 février 2021</t>
+  </si>
+  <si>
+    <t>27/01/2021 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234874/fr/commission-de-la-transparence-reunion-a-distance-du-3-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3234874</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 mars 2020</t>
+  </si>
+  <si>
+    <t>05/05/2020 17:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182703/fr/ceesp-reunion-du-10-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3182703</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 octobre 2019</t>
+  </si>
+  <si>
+    <t>11/10/2019 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112411/fr/ceesp-reunion-du-15-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3112411</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2008</t>
+  </si>
+  <si>
+    <t>05/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
+  </si>
+  <si>
+    <t>c_635308</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -201,95 +381,565 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+      <c r="I2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>66</v>
+      </c>
+      <c r="H4" t="s">
+        <v>67</v>
+      </c>
+      <c r="I4" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>69</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H5" t="s">
+        <v>71</v>
+      </c>
+      <c r="I5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>72</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>73</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>74</v>
+      </c>
+      <c r="H6" t="s">
+        <v>75</v>
+      </c>
+      <c r="I6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>77</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>78</v>
+      </c>
+      <c r="H7" t="s">
+        <v>79</v>
+      </c>
+      <c r="I7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>81</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>82</v>
+      </c>
+      <c r="H8" t="s">
+        <v>83</v>
+      </c>
+      <c r="I8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>