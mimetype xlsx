--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,188 +9,224 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -232,67 +268,119 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>