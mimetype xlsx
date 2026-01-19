--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,196 +1,511 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="129">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses externes de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les prothèses externes de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement au regard de leur intérêt ; définir les indications et les situations cliniques d’utilisation des prothèses externes de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les prothèses externes de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2010 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999782/fr/evaluation-des-protheses-externes-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999782</t>
+  </si>
+  <si>
+    <t>Évaluation des orthèses de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les orthèses de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types d’orthèses de membre supérieur ; réévaluer l’intérêt des orthèses de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les orthèses de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>27/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2010 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999528/fr/evaluation-des-ortheses-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999528</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEDiag du 16 avril 2024</t>
+  </si>
+  <si>
+    <t>20/06/2024 08:57:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525383/fr/cediag-du-16-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3525383</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Déposer un dossier d'évaluation d'acte professionnel</t>
+  </si>
+  <si>
+    <t>Prenez connaissance des différentes étapes du dépôt de votre dossier d'évaluation.</t>
+  </si>
+  <si>
+    <t>04/04/2025 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714581/fr/deposer-un-dossier-d-evaluation-d-acte-professionnel</t>
+  </si>
+  <si>
+    <t>c_1714581</t>
+  </si>
+  <si>
+    <t>État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée</t>
+  </si>
+  <si>
+    <t>Le document de synthèse intitulé « État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée », à destination principale du décideur public, a pour objectif d’identifier des leviers d’action afin de faciliter l’accès et le choix d’une contraception adaptée. Il s’adresse également aux professionnels de santé et au grand public.</t>
+  </si>
+  <si>
+    <t>15/05/2013 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545927/fr/etat-des-lieux-des-pratiques-contraceptives-et-des-freins-a-l-acces-et-au-choix-d-une-contraception-adaptee</t>
+  </si>
+  <si>
+    <t>c_1545927</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -204,95 +519,743 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H4" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>66</v>
+      </c>
+      <c r="H5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C6" t="s">
+        <v>69</v>
+      </c>
+      <c r="D6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E6" t="s">
+        <v>71</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>72</v>
+      </c>
+      <c r="H6" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" t="s">
+        <v>74</v>
+      </c>
+      <c r="C7" t="s">
+        <v>75</v>
+      </c>
+      <c r="D7" t="s">
+        <v>76</v>
+      </c>
+      <c r="E7" t="s">
+        <v>77</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>78</v>
+      </c>
+      <c r="H7" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8" t="s">
+        <v>81</v>
+      </c>
+      <c r="D8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>84</v>
+      </c>
+      <c r="H8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H2" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D3" t="s">
+        <v>95</v>
+      </c>
+      <c r="E3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C4" t="s">
+        <v>100</v>
+      </c>
+      <c r="D4" t="s">
+        <v>101</v>
+      </c>
+      <c r="E4" t="s">
+        <v>102</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>103</v>
+      </c>
+      <c r="H4" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B5" t="s">
+        <v>105</v>
+      </c>
+      <c r="C5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>109</v>
+      </c>
+      <c r="H5" t="s">
+        <v>110</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H2" t="s">
+        <v>116</v>
+      </c>
+      <c r="I2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>127</v>
+      </c>
+      <c r="H3" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>