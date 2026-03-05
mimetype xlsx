--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="134">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,50 +77,65 @@
   <si>
     <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
   </si>
   <si>
     <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
   </si>
   <si>
     <t>24/04/2013 00:00:00</t>
   </si>
   <si>
     <t>02/05/2013 16:19:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
   </si>
   <si>
     <t>c_1543129</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
   </si>
   <si>
     <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
   </si>
   <si>
     <t>26/06/2025 00:00:00</t>
   </si>
   <si>
     <t>16/07/2025 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
   </si>
   <si>
     <t>p_3634754</t>
   </si>
   <si>
     <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
@@ -389,51 +404,51 @@
   <si>
     <t>CEDiag du 16 avril 2024</t>
   </si>
   <si>
     <t>20/06/2024 08:57:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3525383/fr/cediag-du-16-avril-2024</t>
   </si>
   <si>
     <t>p_3525383</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
     <t>Déposer un dossier d'évaluation d'acte professionnel</t>
   </si>
   <si>
     <t>Prenez connaissance des différentes étapes du dépôt de votre dossier d'évaluation.</t>
   </si>
   <si>
-    <t>04/04/2025 16:31:00</t>
+    <t>02/02/2026 11:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1714581/fr/deposer-un-dossier-d-evaluation-d-acte-professionnel</t>
   </si>
   <si>
     <t>c_1714581</t>
   </si>
   <si>
     <t>État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée</t>
   </si>
   <si>
     <t>Le document de synthèse intitulé « État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée », à destination principale du décideur public, a pour objectif d’identifier des leviers d’action afin de faciliter l’accès et le choix d’une contraception adaptée. Il s’adresse également aux professionnels de santé et au grand public.</t>
   </si>
   <si>
     <t>15/05/2013 16:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1545927/fr/etat-des-lieux-des-pratiques-contraceptives-et-des-freins-a-l-acces-et-au-choix-d-une-contraception-adaptee</t>
   </si>
   <si>
     <t>c_1545927</t>
   </si>
 </sst>
 </file>
 
@@ -527,120 +542,120 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>19</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>20</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
         <v>23</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4" t="s">
@@ -671,591 +686,617 @@
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>35</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>36</v>
       </c>
       <c r="H5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>41</v>
       </c>
       <c r="H6" t="s">
         <v>42</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="H3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C4" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D4" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E4" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H4" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C5" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D5" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E5" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="H5" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C6" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="D6" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E6" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="H6" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B7" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C7" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="D7" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E7" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H7" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="E8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="H8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="D2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="E2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="H2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="D3" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="E3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="H3" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B4" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C4" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="D4" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="E4" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="H4" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B5" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C5" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="D5" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="E5" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="H5" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="H2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="I2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="H2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C3" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="H3" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>