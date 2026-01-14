--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,157 +1,322 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="67">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Pertinence de la mise en place d'un programme de dépistage des anévrismes de l'aorte abdominale en France</t>
+  </si>
+  <si>
+    <t>L’objectif du rapport était d’évaluer la pertinence de la mise en place d’un programme de dépistage des anévrismes de l’aorte abdominale (AAA) en France, que ce dernier soit systématique ou opportuniste. Cette évaluation a suivi la méthodologie définie dans le guide HAS « Évaluation a priori d’un programme de dépistage» identifiant 16 critères d’évaluation fondés sur les critères OMS d’évaluation de la pertinence d’un programme de dépistage</t>
+  </si>
+  <si>
+    <t>01/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2013 11:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/c_1358519/fr/pertinence-de-la-mise-en-place-d-un-programme-de-depistage-des-anevrismes-de-l-aorte-abdominale-en-france</t>
+  </si>
+  <si>
+    <t>c_1358519</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Activité des techniques d’amplification des acides nucléiques simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>Enquête de pratique sur les techniques d’amplification des acides nucléiques (TAAN) simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>24/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598864/fr/activite-des-techniques-d-amplification-des-acides-nucleiques-simplex-et-multiplex-en-infectiologie-financees-dans-le-cadre-du-rihn</t>
+  </si>
+  <si>
+    <t>p_3598864</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2008</t>
+  </si>
+  <si>
+    <t>05/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
+  </si>
+  <si>
+    <t>c_635308</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +330,417 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>