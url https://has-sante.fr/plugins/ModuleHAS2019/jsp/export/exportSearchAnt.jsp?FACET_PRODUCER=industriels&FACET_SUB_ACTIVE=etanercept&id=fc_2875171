--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,116 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>16/05/2019 16:53:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +107,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -186,69 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>