--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,916 +1,289 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>18/12/2024 11:04:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3447546/fr/guide-methodologique-de-recherche-documentaire</t>
-[...89 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...311 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Évaluation des endoprothèses aortiques abdominales utilisées pour le traitement des anévrismes de l’aorte abdominale sous-rénale non rompus</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853386/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-oesophage</t>
+    <t>Treatment of superficial œsophageal cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) for the treatment of superficial oesophageal cancer presenting a low risk of node involvement, by comparison to surgery (oesophagectomy) and mucosectomy (or endoscopic mucosal resection, EMR), in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853386/en/treatment-of-superficial-oesophageal-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
   </si>
   <si>
     <t>c_2853386</t>
   </si>
   <si>
-    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
-  </si>
-[...148 lines deleted...]
-    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -924,1442 +297,225 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...76 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>30</v>
-[...189 lines deleted...]
-        <v>56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="H5" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>46</v>
       </c>
-      <c r="B7" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H7" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="E8" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>83</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>86</v>
-[...948 lines deleted...]
-        <v>261</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>