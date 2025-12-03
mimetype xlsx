--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,134 +9,152 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -146,51 +164,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -232,67 +250,93 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>