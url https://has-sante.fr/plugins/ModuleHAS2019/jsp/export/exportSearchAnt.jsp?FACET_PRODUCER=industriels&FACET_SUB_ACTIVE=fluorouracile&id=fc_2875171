--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,113 +9,131 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>03/22/2021 17:03:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du canal anal</t>
+  </si>
+  <si>
+    <t>Ce rapport présente l'évaluation de la HAS concernant l'utilisation de la radiothérapie conformationnelle avec modulation d’intensité dans le traitement du cancer du canal anal.</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
   </si>
   <si>
     <t>c_1364144</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -125,51 +143,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -209,43 +227,69 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>