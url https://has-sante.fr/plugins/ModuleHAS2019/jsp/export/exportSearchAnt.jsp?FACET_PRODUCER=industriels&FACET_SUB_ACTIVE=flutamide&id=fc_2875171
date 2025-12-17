--- v0 (2025-10-21)
+++ v1 (2025-12-17)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
   </si>
   <si>
     <t>19/10/2017 08:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
   </si>