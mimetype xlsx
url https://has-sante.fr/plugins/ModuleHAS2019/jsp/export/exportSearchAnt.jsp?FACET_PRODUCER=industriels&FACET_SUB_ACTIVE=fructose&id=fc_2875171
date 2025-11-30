--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,95 +9,170 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/22/2014 15:42:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des complications de la cryolipolyse à visée esthétique - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer les complications de l’acte de cryolipolyse à visée esthétique, technique externe de lipolyse basée sur le froid, utilisée localement sur des zones de bourrelets de graisse sous-cutanée (abdomen, cuisses, flancs, bras, sous-menton, pectoraux). Cette évaluation est menée afin de répondre à la Direction générale de la santé sur l’éventuelle dangerosité que pourrait présenter cette technique</t>
+  </si>
+  <si>
+    <t>11/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>c_2865012</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +182,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +240,147 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>