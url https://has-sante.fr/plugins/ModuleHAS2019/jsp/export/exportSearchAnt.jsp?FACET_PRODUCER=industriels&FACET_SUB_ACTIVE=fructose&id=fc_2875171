--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -9,170 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>16/07/2025 10:00:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to appraise the side effects of cryolipolysis, an aesthetic non-invasive fat reduction procedure carried out by a controlled cooling system to reduce localised subcutaneous adipose tissue (in abdomen, tights, flanks , back, upper arms, submental area, chest fat in men). This assessment is conducted in order to respond to the Health Ministry‘s request about the potential danger of this technique (article L.1151-3 of the Health National Law)</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2018 15:31:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
   </si>
   <si>
     <t>c_2865012</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -182,51 +125,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -251,136 +194,58 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      <c r="A4" t="s">
         <v>21</v>
-      </c>
-[...71 lines deleted...]
-        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>