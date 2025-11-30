--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -78,101 +78,119 @@
     <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
     <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
     <t>06/26/2019 00:00:00</t>
   </si>
   <si>
     <t>09/07/2019 15:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to appraise the side effects of cryolipolysis, an aesthetic non-invasive fat reduction procedure carried out by a controlled cooling system to reduce localised subcutaneous adipose tissue (in abdomen, tights, flanks , back, upper arms, submental area, chest fat in men). This assessment is conducted in order to respond to the Health Ministry‘s request about the potential danger of this technique (article L.1151-3 of the Health National Law)</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2865012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -212,43 +230,69 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>