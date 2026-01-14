--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -9,188 +9,389 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="96">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Interactions des professionnels de santé avec les représentants de l’industrie</t>
+  </si>
+  <si>
+    <t>Promotion par démarchage (visite médicale) : la HAS fournit une revue systématique de la littérature publiée entre 01/2004 et 12/2018, dans le monde et en France sur l'exposition des professionnels et des étudiants à cette forme de publicité, son influence, sa qualité, et l'efficacité des moyens mis en oeuvre pour en limiter les effets non souhaités. 2.14.0.0</t>
+  </si>
+  <si>
+    <t>08/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2023 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395221/fr/interactions-des-professionnels-de-sante-avec-les-representants-de-l-industrie</t>
+  </si>
+  <si>
+    <t>p_3395221</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+    <t>Évaluation des complications de la cryolipolyse à visée esthétique - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer les complications de l’acte de cryolipolyse à visée esthétique, technique externe de lipolyse basée sur le froid, utilisée localement sur des zones de bourrelets de graisse sous-cutanée (abdomen, cuisses, flancs, bras, sous-menton, pectoraux). Cette évaluation est menée afin de répondre à la Direction générale de la santé sur l’éventuelle dangerosité que pourrait présenter cette technique</t>
+  </si>
+  <si>
+    <t>11/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2865012</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -232,67 +433,379 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>69</v>
+      </c>
+      <c r="H12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>77</v>
+      </c>
+      <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>88</v>
+      </c>
+      <c r="H15" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>90</v>
+      </c>
+      <c r="B16" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" t="s">
+        <v>92</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>93</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>94</v>
+      </c>
+      <c r="H16" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>