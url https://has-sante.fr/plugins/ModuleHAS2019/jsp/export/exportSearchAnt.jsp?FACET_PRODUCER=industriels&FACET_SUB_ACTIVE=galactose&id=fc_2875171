--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -9,95 +9,143 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/09/2017 09:57:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +155,179 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>