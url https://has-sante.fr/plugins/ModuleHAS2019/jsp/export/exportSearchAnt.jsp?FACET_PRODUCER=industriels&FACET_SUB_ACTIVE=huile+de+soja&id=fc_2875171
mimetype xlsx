--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,152 +1,200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>01/17/2011 11:05:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_865378/en/assessment-of-breast-implants-tissue-expanders-and-external-breast-prostheses</t>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des implants mammaires, prothèses d’expansion tissulaire et prothèses externes de sein</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de « prothèse externe de sein, implant mammaire, prothèse d’expansion tissulaire » ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de prothèses externes de sein, implants mammaires, prothèses d’expansion tissulaire ; réévaluer l’intérêt des prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2011 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865378/fr/evaluation-des-implants-mammaires-protheses-d-expansion-tissulaire-et-protheses-externes-de-sein</t>
   </si>
   <si>
     <t>c_865378</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2008</t>
+  </si>
+  <si>
+    <t>05/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
+  </si>
+  <si>
+    <t>c_635308</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +219,175 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+      <c r="I2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>