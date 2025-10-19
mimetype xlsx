--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,152 +1,302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="62">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/21/2007 15:10:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CUREETY TECHCARE</t>
+  </si>
+  <si>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2025 12:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578221/fr/cureety-techcare</t>
+  </si>
+  <si>
+    <t>p_3578221</t>
+  </si>
+  <si>
+    <t>Logiciel de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>CUREETY SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +321,391 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D4" t="s">
+        <v>47</v>
+      </c>
+      <c r="E4" t="s">
+        <v>48</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>49</v>
+      </c>
+      <c r="H4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>