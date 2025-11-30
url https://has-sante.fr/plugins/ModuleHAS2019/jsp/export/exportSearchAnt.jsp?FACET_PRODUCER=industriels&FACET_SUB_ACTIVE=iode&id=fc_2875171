--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,191 +1,326 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate – Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer la balance bénéfice/risque (efficacité, sécurité, qualité de vie du patient) de la curiethérapie à haut débit de dose (HDD) ou à bas débit de dose (BDD) utilisée en complément d’une radiothérapie externe (RTE) par rapport à l’utilisation de la RTE associée à une hormonothérapie, pour le traitement du cancer de la prostate localisé à risque intermédiaire défavorable et à risque élevé de récidive</t>
+  </si>
+  <si>
+    <t>20/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2025 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452771/fr/curietherapie-interstitielle-utilisee-en-complement-d-une-radiotherapie-externe-pour-le-traitement-du-cancer-localise-de-la-prostate-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>p_3452771</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
+  </si>
+  <si>
+    <t>p_3215914</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
+  </si>
+  <si>
+    <t>p_3215918</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 19 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624056/fr/cnedimts-reunion-du-19-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624056</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -206,93 +341,361 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
+      <c r="I2" t="s">
+        <v>71</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>