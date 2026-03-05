--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,164 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/06/2021 09:33:00</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...17 lines deleted...]
-    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>14/12/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -176,205 +125,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      <c r="B4" t="s">
         <v>21</v>
-      </c>
-[...68 lines deleted...]
-        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>