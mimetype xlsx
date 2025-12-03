--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,149 +9,170 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/24/2025 11:14:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +186,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>