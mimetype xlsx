--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>