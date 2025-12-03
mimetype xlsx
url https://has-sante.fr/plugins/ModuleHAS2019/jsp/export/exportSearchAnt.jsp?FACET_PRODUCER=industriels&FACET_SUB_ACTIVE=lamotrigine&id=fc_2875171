--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,149 +9,242 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="47">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +258,199 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>