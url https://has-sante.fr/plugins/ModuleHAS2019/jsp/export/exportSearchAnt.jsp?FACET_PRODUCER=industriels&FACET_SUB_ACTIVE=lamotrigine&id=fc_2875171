--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/12/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
   </si>
   <si>
     <t>p_3574785</t>
   </si>
@@ -200,51 +218,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -260,197 +278,223 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>