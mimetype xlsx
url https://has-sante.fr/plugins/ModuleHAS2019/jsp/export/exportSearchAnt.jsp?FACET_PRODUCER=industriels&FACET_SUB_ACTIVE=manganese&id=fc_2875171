--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -9,95 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/14/2011 12:20:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +128,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +186,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>